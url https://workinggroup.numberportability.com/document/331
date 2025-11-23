--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -29,54 +29,52 @@
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13500" w:type="dxa"/>
         <w:tblInd w:w="-8" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3780"/>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="4131"/>
         <w:gridCol w:w="9"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0043652A" w:rsidRPr="00A53609" w14:paraId="10E6E868" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="0043652A" w:rsidRPr="00A53609" w14:paraId="10E6E868" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="311"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BE6BE34" w14:textId="6D2A5A92" w:rsidR="0043652A" w:rsidRPr="001A0919" w:rsidRDefault="0043652A" w:rsidP="001A0919">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A0919">
@@ -160,19496 +158,19585 @@
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="562F662D" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="001A0919" w:rsidRDefault="0043652A" w:rsidP="001A0919">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A0919">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E21C748" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="001A0919" w:rsidRDefault="0043652A" w:rsidP="001A0919">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A0919">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Mail ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043652A" w:rsidRPr="009451B1" w14:paraId="09BF0818" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="0043652A" w:rsidRPr="009451B1" w14:paraId="09BF0818" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CA50FB5" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="008C3A82">
-[...13 lines deleted...]
-              <w:t>10xpeople</w:t>
+          <w:p w14:paraId="7CA50FB5" w14:textId="666B77E9" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="008C3A82">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10x</w:t>
+            </w:r>
+            <w:r w:rsidR="009C1C37" w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>eople</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63588CBC" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="008C3A82">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="63588CBC" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="008C3A82">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>John Nakamura</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="571BFD69" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="008C3A82">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="571BFD69" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="008C3A82">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>303-620-6684</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67D57B4F" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="008C3A82">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="67D57B4F" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="008C3A82">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03E8818F" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="008C3A82">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="03E8818F" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="008C3A82">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>jnakamura@10xpeople.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043652A" w:rsidRPr="009451B1" w14:paraId="0A083119" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="0043652A" w:rsidRPr="009451B1" w14:paraId="0A083119" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="046F255B" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
-[...13 lines deleted...]
-              <w:t>10xpeople</w:t>
+          <w:p w14:paraId="046F255B" w14:textId="43E4252C" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10x</w:t>
+            </w:r>
+            <w:r w:rsidR="009C1C37" w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>eople</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36F8C5E3" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="36F8C5E3" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kayla Hahn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00CC72CA" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="00CC72CA" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>720-588-3839</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E5C5107" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="3E5C5107" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="769D425F" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="769D425F" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>kayla@10xpeople.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043652A" w:rsidRPr="009451B1" w14:paraId="6FA928EC" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="0043652A" w:rsidRPr="009451B1" w14:paraId="6FA928EC" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D9497C2" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
-[...13 lines deleted...]
-              <w:t>10xpeople</w:t>
+          <w:p w14:paraId="5D9497C2" w14:textId="2272E8AC" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10x</w:t>
+            </w:r>
+            <w:r w:rsidR="009C1C37" w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>eople</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="288EC61E" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="288EC61E" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lisa Marie Maxson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0853422C" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0853422C" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>303-522-7171</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D1E3A38" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="7D1E3A38" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BAC64F1" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0BAC64F1" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="009A4B76">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>lisamarie@10xpeople.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043652A" w:rsidRPr="009451B1" w14:paraId="29E02EE8" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="0043652A" w:rsidRPr="009451B1" w14:paraId="29E02EE8" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C0373A9" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="008170EA">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6C0373A9" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="008170EA">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Integra Holdings/Zayo to Electric Lightwave dba Allstream</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B78FF9F" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="008170EA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5B78FF9F" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="008170EA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kim Isaacs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BF36E46" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="008170EA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4BF36E46" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="008170EA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>763-745-8463</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54DA4267" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="008170EA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="54DA4267" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="008170EA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>612-940-9183</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5432547D" w14:textId="201C3127" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="003D7996" w:rsidP="008170EA">
+          <w:p w14:paraId="5432547D" w14:textId="201C3127" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="003D7996" w:rsidP="008170EA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidRPr="009451B1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Kim.Isaacs@zayo.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0043652A" w:rsidRPr="009451B1" w14:paraId="0DCF3670" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="0043652A" w:rsidRPr="009451B1" w14:paraId="0DCF3670" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DAA2A87" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="008170EA">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3DAA2A87" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="008170EA">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Integra Holdings/Zayo to Electric Lightwave dba Allstream</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="442E4473" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="008170EA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="442E4473" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="008170EA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jeanne Bell</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E04CD97" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="008170EA">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3E04CD97" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="008170EA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>360-558-4159</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="594FDD37" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="009451B1" w:rsidRDefault="0043652A" w:rsidP="008170EA">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="594FDD37" w14:textId="77777777" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="0043652A" w:rsidP="008170EA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="735C5DF4" w14:textId="128F9DB0" w:rsidR="0043652A" w:rsidRDefault="000425A7" w:rsidP="008170EA">
+          <w:p w14:paraId="735C5DF4" w14:textId="128F9DB0" w:rsidR="0043652A" w:rsidRPr="0004014D" w:rsidRDefault="000425A7" w:rsidP="008170EA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="002A2B1A">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Jeanne.Bell@zayo.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="67E66C22" w14:textId="7E79CB15" w:rsidR="000425A7" w:rsidRPr="009451B1" w:rsidRDefault="000425A7" w:rsidP="008170EA">
+          <w:p w14:paraId="67E66C22" w14:textId="7E79CB15" w:rsidR="000425A7" w:rsidRPr="0004014D" w:rsidRDefault="000425A7" w:rsidP="008170EA">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000425A7" w:rsidRPr="009451B1" w14:paraId="4F55ECC4" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="000425A7" w:rsidRPr="009451B1" w14:paraId="4F55ECC4" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C69584D" w14:textId="40DB4BBF" w:rsidR="000425A7" w:rsidRPr="009451B1" w:rsidRDefault="000425A7" w:rsidP="000425A7">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5C69584D" w14:textId="40DB4BBF" w:rsidR="000425A7" w:rsidRPr="0004014D" w:rsidRDefault="000425A7" w:rsidP="000425A7">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Integra Holdings/Zayo to Electric Lightwave dba Allstream</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="506D7643" w14:textId="2B84C95B" w:rsidR="000425A7" w:rsidRPr="009451B1" w:rsidRDefault="000425A7" w:rsidP="000425A7">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="506D7643" w14:textId="2B84C95B" w:rsidR="000425A7" w:rsidRPr="0004014D" w:rsidRDefault="000425A7" w:rsidP="000425A7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Cathy McGouran</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="125EBE96" w14:textId="77777777" w:rsidR="000425A7" w:rsidRPr="009451B1" w:rsidRDefault="000425A7" w:rsidP="000425A7">
-[...23 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="125EBE96" w14:textId="77777777" w:rsidR="000425A7" w:rsidRPr="0004014D" w:rsidRDefault="000425A7" w:rsidP="000425A7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C23697" w14:textId="77777777" w:rsidR="000425A7" w:rsidRPr="0004014D" w:rsidRDefault="000425A7" w:rsidP="000425A7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50B51E3D" w14:textId="61CCCCC4" w:rsidR="000425A7" w:rsidRPr="000425A7" w:rsidRDefault="000425A7" w:rsidP="000425A7">
+          <w:p w14:paraId="50B51E3D" w14:textId="61CCCCC4" w:rsidR="000425A7" w:rsidRPr="0004014D" w:rsidRDefault="000425A7" w:rsidP="000425A7">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidRPr="002A2B1A">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>cathymcgouran@zayo.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="3084045B" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="3084045B" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="134B284F" w14:textId="47EBE505" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="134B284F" w14:textId="47EBE505" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Integra Holdings/Zayo to Electric Lightwave dba Allstream</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="455622CF" w14:textId="47EB270F" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="455622CF" w14:textId="47EB270F" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Carrie Schock</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14823D50" w14:textId="4CE15A9A" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="14823D50" w14:textId="4CE15A9A" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6376DEEE" w14:textId="1B595367" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>289-400-7010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62534B7E" w14:textId="220293A9" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="62534B7E" w14:textId="220293A9" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="009451B1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:i/>
-                  <w:iCs/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>carrie.schock@zayo.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="4E68BA3A" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="4E68BA3A" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CFEA8D6" w14:textId="1B48B943" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="4CFEA8D6" w14:textId="1B48B943" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Altafiber</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60A00710" w14:textId="310F877F" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="60A00710" w14:textId="310F877F" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Arnold Monell</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="763BCB2C" w14:textId="797DE750" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="763BCB2C" w14:textId="797DE750" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>513-566-3108</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EEE596F" w14:textId="3BCDE290" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6EEE596F" w14:textId="3BCDE290" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>513-503-6553</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48E9DA4E" w14:textId="5A37FDC6" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="48E9DA4E" w14:textId="5A37FDC6" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>arnold.monell@altafiber.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="72CE5CB5" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="72CE5CB5" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11CB4672" w14:textId="34EC3527" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="11CB4672" w14:textId="34EC3527" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ARB Consulting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E5A33D1" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3E5A33D1" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Andy Bihain</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2582BFCE" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2582BFCE" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>512-870-1243</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24050460" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="24050460" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>512-970-1813</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F8595BD" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6F8595BD" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>abihain@verizon.net</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="1D63E927" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="1D63E927" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AE50141" w14:textId="5C38180C" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2AE50141" w14:textId="5C38180C" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Astound (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>fka</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RCN/Grande/Wave)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E6DD3B6" w14:textId="6EFF5B59" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2E6DD3B6" w14:textId="6EFF5B59" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Donna Peters</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="465FB054" w14:textId="5560611D" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="465FB054" w14:textId="5560611D" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>610-419-2909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FFC5DBB" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="5FFC5DBB" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FA4B941" w14:textId="6D7A7212" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="6FA4B941" w14:textId="6D7A7212" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="009451B1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>donna.peters@astound.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="7DCC408A" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="7DCC408A" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CF43E6F" w14:textId="0D7702E5" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1CF43E6F" w14:textId="0D7702E5" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Astound (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>fka</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RCN/Grande/Wave)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="610BE3D1" w14:textId="29B6C377" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="610BE3D1" w14:textId="29B6C377" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Towanda Russell</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="202FAB4F" w14:textId="63756F84" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="202FAB4F" w14:textId="63756F84" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>610-419-2270</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FCBBC21" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="5FCBBC21" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25FD344D" w14:textId="2B43F924" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="25FD344D" w14:textId="2B43F924" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>towanda.russell@astound.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="4F4955E9" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="42F37DCF" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B47771E" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1E805278" w14:textId="4A1121AD" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>AT&amp;T</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FB1AAE3" w14:textId="546200E7" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...59 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="3BE88CDA" w14:textId="0E45C7BC" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Brandon East</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63705711" w14:textId="260C41A1" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">678-721-3912  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C91924" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BF774D2" w14:textId="74723065" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...341 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="28D65E7C" w14:textId="3F3E7828" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>shutchinson@atlc.com</w:t>
+                <w:t>be9630@att.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="009451B1">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="4F4955E9" w14:textId="77777777" w:rsidTr="004A2A4E">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B47771E" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AT&amp;T</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB1AAE3" w14:textId="546200E7" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Shawyna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hanes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF5C35E" w14:textId="0D67C17F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>704-413-5062</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3854E58F" w14:textId="3435DB39" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BF774D2" w14:textId="74723065" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>sw5473@att.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0004014D" w:rsidRPr="009451B1" w14:paraId="0E58D4FA" w14:textId="77777777" w:rsidTr="004A2A4E">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="597B8039" w14:textId="66D6B658" w:rsidR="0004014D" w:rsidRPr="0004014D" w:rsidRDefault="0004014D" w:rsidP="0004014D">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AT&amp;T</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71F2FDF2" w14:textId="561E2E53" w:rsidR="0004014D" w:rsidRPr="0004014D" w:rsidRDefault="0004014D" w:rsidP="0004014D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ashley </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Vance-King</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="120514B1" w14:textId="5EE4169E" w:rsidR="0004014D" w:rsidRPr="0004014D" w:rsidRDefault="0004014D" w:rsidP="0004014D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>405-761-7345</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67F793CE" w14:textId="77777777" w:rsidR="0004014D" w:rsidRPr="0004014D" w:rsidRDefault="0004014D" w:rsidP="0004014D">
+            <w:pPr>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FEE26F2" w14:textId="6F449DE3" w:rsidR="0004014D" w:rsidRPr="0004014D" w:rsidRDefault="0004014D" w:rsidP="0004014D">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>av7891@att.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="3C757148" w14:textId="77777777" w:rsidTr="004A2A4E">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02541ED1" w14:textId="582C1892" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ATIS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="702EE627" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Jackie Wohlgemuth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52406925" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>913-393-0891</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0E8E7B" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="257CB696" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>jvoss@atis.org</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="397E963E" w14:textId="77777777" w:rsidTr="004A2A4E">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B861B03" w14:textId="2D54C03D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="005E4B72" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>NumHub</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C6E89B" w14:textId="275FAF04" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sara </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF2F21" w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hutchinson</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13D643B9" w14:textId="4E020D04" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>541-598-2329</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF0D9A4" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BDA1C5B" w14:textId="6DDD490B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00AF2F21" w:rsidP="00657460">
+            <w:pPr>
+              <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
-[...2 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>shutchinson@porting.com</w:t>
+                <w:t>shutchinson@numhub.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="6E33D06B" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="6E33D06B" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C15F8AF" w14:textId="47C7F411" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3C15F8AF" w14:textId="5D482AE6" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="005E4B72" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>NumHub</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31F2359B" w14:textId="22269FB8" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="31F2359B" w14:textId="22269FB8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lea Espy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33FF4198" w14:textId="51B91FED" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="33FF4198" w14:textId="51B91FED" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>541-593-7054</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6284263B" w14:textId="33F55C57" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="6284263B" w14:textId="33F55C57" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02BB8040" w14:textId="2026C069" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...108 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="02BB8040" w14:textId="34A295CB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00AF2F21" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>animmo@atlc.com</w:t>
+                <w:t>lespy@numhub.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="1D0DDDF2" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00AF2F21" w:rsidRPr="009451B1" w14:paraId="04423462" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D6181F1" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1E87D6EA" w14:textId="69345559" w:rsidR="00AF2F21" w:rsidRPr="0004014D" w:rsidRDefault="00AF2F21" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>NumHub</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C4C7E5C" w14:textId="747DC49D" w:rsidR="00AF2F21" w:rsidRPr="0004014D" w:rsidRDefault="00AF2F21" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Madhu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Varigonda</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D9887D4" w14:textId="53A83799" w:rsidR="00AF2F21" w:rsidRPr="0004014D" w:rsidRDefault="00AF2F21" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>470-519-9290</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F9FCC3F" w14:textId="77777777" w:rsidR="00AF2F21" w:rsidRPr="0004014D" w:rsidRDefault="00AF2F21" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="106B6D06" w14:textId="3904EEE4" w:rsidR="00AF2F21" w:rsidRPr="0004014D" w:rsidRDefault="00AF2F21" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidRPr="0004014D">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>mvarigonda@numhub.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="1D0DDDF2" w14:textId="77777777" w:rsidTr="005B66F5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D6181F1" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bell Canada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00C2E554" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="00C2E554" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Bassam A. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Attuan</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FE474C6" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4FE474C6" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>613-781-0462</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A609EAF" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0A609EAF" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>613-292-9143</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37B45AD8" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="37B45AD8" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidRPr="009451B1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Bassam.abon_attwan@bell.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="5155265B" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="5155265B" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="344C97F1" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="344C97F1" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bell Canada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="796DD5AF" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="796DD5AF" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Loiuse</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ferland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05AB9250" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="05AB9250" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>613-781-0041</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2218C4BB" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2218C4BB" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>613-222-9390</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B400038" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2B400038" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Louise.Ferland@bell.ca</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="3BBE9B1F" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="3BBE9B1F" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7544898B" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7544898B" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bell Canada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="615D8A09" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="615D8A09" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matt Peacock</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C8574E0" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5C8574E0" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>613-781-0217</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06E1AE03" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="06E1AE03" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>613-795-2777</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1ADD6D81" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="1ADD6D81" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidRPr="009451B1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Matthew.peacock@bell.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="58CB11DF" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="58CB11DF" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DB32042" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4DB32042" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Big River Telephone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE95978" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6BE95978" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kevin Keaveny</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="721A3419" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="721A3419" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>314-225-2207</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="724D854F" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="724D854F" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23002D00" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="23002D00" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>kk@bigrivercom.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="5F171A42" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="5F171A42" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F552A52" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2F552A52" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Cablevision </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lightpath</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71455B23" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="71455B23" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Deborah Anstead</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CC63545" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0CC63545" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>516-803-6232</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AF64CBE" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="2AF64CBE" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45EAE319" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="45EAE319" w14:textId="5C595739" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="0055674F" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Deborah.Anstead@optimum.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="03CA2790" w14:textId="77777777" w:rsidTr="004A2A4E">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="215"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74BA5E14" w14:textId="4E809A08" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>California P</w:t>
+            </w:r>
+            <w:r w:rsidR="0055674F" w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>UC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB82731" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Cherrie Conner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC45B71" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>415-703-2767</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF4D352" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D5BBF64" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r w:rsidRPr="009451B1">
-[...113 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>chr@cpuc.ca.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="3140E0F5" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="3140E0F5" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F41FA54" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5F41FA54" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Canadian LNP Consortium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="012D51F2" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="012D51F2" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Jacques Sarrazin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42AD53D5" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="42AD53D5" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E75DE96" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0E75DE96" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>613-853-2909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AE8D504" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="5AE8D504" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>sarrazin@clnpc.ca</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="5E9D1AAF" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="5E9D1AAF" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="620E8B16" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="620E8B16" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Canadian LNP Consortium</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62FAB7F0" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="62FAB7F0" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Rodger McNabb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="476F5013" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="476F5013" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>613-287-0226</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="145FB33C" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="145FB33C" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>613-286-0831</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="366BBF77" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="366BBF77" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Rodger.mcnabb@clnpc.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="730C8614" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="730C8614" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06560CE8" w14:textId="6C2D7475" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="06560CE8" w14:textId="6C2D7475" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2517"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Cellcom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E39D5C8" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="2E39D5C8" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2517"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sheila Seidl</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BCB27A7" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="7BCB27A7" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2517"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>920-617-7797</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BBD353E" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="3BBD353E" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2517"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DF3F50B" w14:textId="26D9ABCF" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5DF3F50B" w14:textId="26D9ABCF" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>sheila.seidl@cellcom.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00027DC0" w:rsidRPr="009451B1" w14:paraId="6B30B550" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="6B30B550" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41F6AEA6" w14:textId="3C859D2F" w:rsidR="00027DC0" w:rsidRPr="009451B1" w:rsidRDefault="00027DC0" w:rsidP="00027DC0">
+          <w:p w14:paraId="41F6AEA6" w14:textId="3C859D2F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2517"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Cellcom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F96E7E7" w14:textId="135B72B7" w:rsidR="00027DC0" w:rsidRPr="00A64D41" w:rsidRDefault="00027DC0" w:rsidP="00027DC0">
+          <w:p w14:paraId="2F96E7E7" w14:textId="135B72B7" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2517"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A64D41">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Susan Roberts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B4B5B57" w14:textId="364C8277" w:rsidR="00027DC0" w:rsidRPr="00A64D41" w:rsidRDefault="00027DC0" w:rsidP="00027DC0">
+          <w:p w14:paraId="4B4B5B57" w14:textId="364C8277" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2517"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A64D41">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>920-617-6517</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24FBEAF4" w14:textId="77777777" w:rsidR="00027DC0" w:rsidRPr="00A64D41" w:rsidRDefault="00027DC0" w:rsidP="00027DC0">
+          <w:p w14:paraId="24FBEAF4" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2517"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F715E04" w14:textId="3035DA9C" w:rsidR="00027DC0" w:rsidRPr="00A64D41" w:rsidRDefault="00027DC0" w:rsidP="00027DC0">
+          <w:p w14:paraId="6F715E04" w14:textId="3035DA9C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A64D41">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Susan.roberts@nsight.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="3C8F0228" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="3C8F0228" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50FFDAD0" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="50FFDAD0" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2517"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Cellcom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="027A47AA" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="027A47AA" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2517"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sam Butterfield</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="281C0007" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="281C0007" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2517"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>920-617-6584</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5539DA05" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="5539DA05" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2517"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>920-764-1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="276DDB9E" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="276DDB9E" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>sam.butterfield@Nsight.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="2E4C7E4A" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="2E4C7E4A" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FD65DE8" w14:textId="002594BF" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="6FD65DE8" w14:textId="002594BF" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:pStyle w:val="Heading3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2517"/>
               </w:tabs>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Cellcom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DDD7F1A" w14:textId="1D5DAFA8" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="0DDD7F1A" w14:textId="1D5DAFA8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2517"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tami Zwicky</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0561B8A1" w14:textId="0CC4B513" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="0561B8A1" w14:textId="0CC4B513" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2517"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>920-617-7795</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10F4A41A" w14:textId="5F57BE3F" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="10F4A41A" w14:textId="5F57BE3F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2517"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="144821FC" w14:textId="78269DB4" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="144821FC" w14:textId="78269DB4" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
-              <w:r w:rsidRPr="009451B1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Tami.zwicky@cellcom.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="73D3BB21" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="73D3BB21" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E795B30" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0E795B30" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Charter Communications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60ABF08A" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="60ABF08A" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Glenn Clepper</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F37CF80" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3F37CF80" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>813-387-3684</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B203485" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5B203485" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>813-376-4048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D8BB60B" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7D8BB60B" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>glenn.clepper@charter.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="2AC87400" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="2AC87400" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60BDF2F6" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...12 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="60BDF2F6" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Charter Communications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="721EB3B6" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="721EB3B6" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kathy Troughton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EE13FFC" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...30 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="1EE13FFC" w14:textId="72149D43" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="0081260F" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>314-394-9856</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42606B8E" w14:textId="6A7414AC" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="0081260F" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>636-448-5454</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="080B0B98" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="080B0B98" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kathy.Troughton@charter.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="3A920A9D" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="0081260F" w:rsidRPr="009451B1" w14:paraId="4B2E59AC" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77FB13F0" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...13 lines deleted...]
-              <w:t>ChaseTech Consulting LLC</w:t>
+          <w:p w14:paraId="53790FB4" w14:textId="4F7B0E5A" w:rsidR="0081260F" w:rsidRPr="0004014D" w:rsidRDefault="0081260F" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Charter Communications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7638DCAA" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...50 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="665C3DB0" w14:textId="4B22458C" w:rsidR="0081260F" w:rsidRPr="0004014D" w:rsidRDefault="0081260F" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="003F20AE" w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>tt Nolan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB765D8" w14:textId="4E3F9045" w:rsidR="0081260F" w:rsidRPr="0004014D" w:rsidRDefault="0081260F" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>813-705-6824</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45CB18AA" w14:textId="77777777" w:rsidR="0081260F" w:rsidRPr="0004014D" w:rsidRDefault="0081260F" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="439B5ED6" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...11 lines deleted...]
-              <w:t>echuss@chasetechllc.com</w:t>
+          <w:p w14:paraId="1B7DFBB7" w14:textId="7B3C2E73" w:rsidR="0081260F" w:rsidRPr="0004014D" w:rsidRDefault="0081260F" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mathew.Nolan@charter.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="6BF92A76" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="3A920A9D" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E143983" w14:textId="1D10622C" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="77FB13F0" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ChaseTech Consulting LLC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18EF3DC5" w14:textId="1893011D" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...36 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="7638DCAA" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Erik Chuss</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E7656F9" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>484-866-5927</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CF379FB" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CAF4BBA" w14:textId="091B762E" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="439B5ED6" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>echuss@chasetechllc.com</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="2FE730B7" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="5FCE4047" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0ECB4B3A" w14:textId="7D9181B9" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...79 lines deleted...]
-          <w:p w14:paraId="1A3DA976" w14:textId="52710252" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="1A3DA976" w14:textId="52710252" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1678"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Comcast 183</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A9AD954" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4A9AD954" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Beau Jordan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3190391B" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3190391B" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>303-372-2110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04EB8AD7" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="04EB8AD7" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>303-502-4699</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B3A1F43" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5B3A1F43" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>beau.jordan@comcast.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6298A" w:rsidRPr="009451B1" w14:paraId="1A3F559B" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="1A3F559B" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CBC1DC2" w14:textId="71345C44" w:rsidR="00A6298A" w:rsidRPr="009451B1" w:rsidRDefault="00A6298A" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0CBC1DC2" w14:textId="71345C44" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Comcast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27CE5121" w14:textId="0B4B831B" w:rsidR="00A6298A" w:rsidRPr="009451B1" w:rsidRDefault="00A6298A" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="27CE5121" w14:textId="0B4B831B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>David Shuman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="310B1490" w14:textId="1D1B6AC4" w:rsidR="00A6298A" w:rsidRPr="009451B1" w:rsidRDefault="00A6298A" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="310B1490" w14:textId="1D1B6AC4" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>856-792-3026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1120AD49" w14:textId="77777777" w:rsidR="00A6298A" w:rsidRPr="009451B1" w:rsidRDefault="00A6298A" w:rsidP="00CE5A7E">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="1120AD49" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DA47C3F" w14:textId="33EFF771" w:rsidR="00A6298A" w:rsidRPr="009451B1" w:rsidRDefault="00A6298A" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2DA47C3F" w14:textId="33EFF771" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>David_shuman@cable.comcast.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6298A" w:rsidRPr="009451B1" w14:paraId="42E45E18" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="42E45E18" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0AC3D130" w14:textId="4E5E796F" w:rsidR="00A6298A" w:rsidRPr="009451B1" w:rsidRDefault="00A6298A" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0AC3D130" w14:textId="4E5E796F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Comcast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="153CC28E" w14:textId="47CAB085" w:rsidR="00A6298A" w:rsidRPr="009451B1" w:rsidRDefault="00A6298A" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="153CC28E" w14:textId="47CAB085" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Andrea Smith</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57008A31" w14:textId="3EB64FD7" w:rsidR="00A6298A" w:rsidRPr="009451B1" w:rsidRDefault="00A6298A" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="57008A31" w14:textId="3EB64FD7" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>888-565-43290x 301-3867</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AC25404" w14:textId="77777777" w:rsidR="00A6298A" w:rsidRPr="009451B1" w:rsidRDefault="00A6298A" w:rsidP="00CE5A7E">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="4AC25404" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C1DEB9B" w14:textId="53EAF948" w:rsidR="00A6298A" w:rsidRPr="009451B1" w:rsidRDefault="00A6298A" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1C1DEB9B" w14:textId="53EAF948" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Adrea_smith@cable.comcast.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A6298A" w:rsidRPr="009451B1" w14:paraId="52A83B8E" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="52A83B8E" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DFA8ED1" w14:textId="2D32F40B" w:rsidR="00A6298A" w:rsidRPr="009451B1" w:rsidRDefault="00A6298A" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4DFA8ED1" w14:textId="2D32F40B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Comcast</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2045C870" w14:textId="7373B587" w:rsidR="00A6298A" w:rsidRPr="009451B1" w:rsidRDefault="00A6298A" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2045C870" w14:textId="7373B587" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Rosie Knudsen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3027225E" w14:textId="3E66C6F1" w:rsidR="00A6298A" w:rsidRPr="009451B1" w:rsidRDefault="00A6298A" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3027225E" w14:textId="3E66C6F1" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>888-565-4329 x301-3869</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="685E3408" w14:textId="77777777" w:rsidR="00A6298A" w:rsidRPr="009451B1" w:rsidRDefault="00A6298A" w:rsidP="00CE5A7E">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="685E3408" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00FF067B" w14:textId="7364FF05" w:rsidR="00A6298A" w:rsidRPr="009451B1" w:rsidRDefault="00A6298A" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="00FF067B" w14:textId="7364FF05" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Rosetta_knudsen@comcast.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="4F0EF272" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="4F0EF272" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1ADE958D" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1ADE958D" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Competitive Carriers Association</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="681C14FB" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="681C14FB" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Courtney Neville</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="185DBFB5" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="185DBFB5" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>202-747-0731</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F904EBB" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5F904EBB" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>202-907-3117</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E293CD1" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3E293CD1" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>cneville@ccamobile.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="694706F1" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="694706F1" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F356B88" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0F356B88" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Competitive Carriers Association</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F6AF409" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0F6AF409" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Rebecca Murphy Thompson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1520B685" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1520B685" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>202-747-0711</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2306B71A" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2306B71A" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>202-550-6054</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53AB2F6B" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="53AB2F6B" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>rthompson@ccamobile.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="53AADBA6" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="53AADBA6" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55FFF9A0" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="55FFF9A0" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Cox Communications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="581846CA" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="581846CA" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jennifer Hutton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3660A127" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3660A127" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>404-269-0479</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="341332FB" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="341332FB" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F978A8B" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5F978A8B" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>jennifer.hutton@cox.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C23641" w:rsidRPr="009451B1" w14:paraId="55694EDC" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="55694EDC" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="574A697B" w14:textId="36B25A70" w:rsidR="00C23641" w:rsidRPr="009451B1" w:rsidRDefault="00C23641" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="574A697B" w14:textId="36B25A70" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Cricket</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CBD7B4F" w14:textId="20A27F95" w:rsidR="00C23641" w:rsidRPr="009451B1" w:rsidRDefault="00C23641" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="5CBD7B4F" w14:textId="20A27F95" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Adrian Rudd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C30678E" w14:textId="4A2F10B2" w:rsidR="00C23641" w:rsidRPr="009451B1" w:rsidRDefault="00C23641" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="6C30678E" w14:textId="4A2F10B2" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>404-202-8644</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="180194F8" w14:textId="77777777" w:rsidR="00C23641" w:rsidRPr="009451B1" w:rsidRDefault="00C23641" w:rsidP="00CE5A7E">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="180194F8" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FBCB49B" w14:textId="4192B8F5" w:rsidR="00C23641" w:rsidRPr="009451B1" w:rsidRDefault="00C23641" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C23641">
+          <w:p w14:paraId="0FBCB49B" w14:textId="4192B8F5" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>adrian.rudd@cricketwireless.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C23641" w:rsidRPr="009451B1" w14:paraId="7ED30ED9" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="7ED30ED9" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="440342BC" w14:textId="2C82FB2C" w:rsidR="00C23641" w:rsidRPr="009451B1" w:rsidRDefault="00C23641" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="440342BC" w14:textId="2C82FB2C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Cricket</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C2406F4" w14:textId="37F01CF2" w:rsidR="00C23641" w:rsidRPr="009451B1" w:rsidRDefault="00C23641" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="4C2406F4" w14:textId="37F01CF2" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Devin Crozier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D2BA49F" w14:textId="6AE7B59B" w:rsidR="00C23641" w:rsidRPr="009451B1" w:rsidRDefault="00C23641" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="1D2BA49F" w14:textId="6AE7B59B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>404-786-1427</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E572368" w14:textId="77777777" w:rsidR="00C23641" w:rsidRPr="009451B1" w:rsidRDefault="00C23641" w:rsidP="00CE5A7E">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="2E572368" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FF616BC" w14:textId="60C9A93F" w:rsidR="00C23641" w:rsidRPr="009451B1" w:rsidRDefault="00C23641" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00C23641">
+          <w:p w14:paraId="5FF616BC" w14:textId="60C9A93F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>devin.crozier@cricketwireless.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="247CCDDA" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="247CCDDA" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C7413E3" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4C7413E3" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CTIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C2BCBE6" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1C2BCBE6" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matt Gerst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="573A07A0" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="573A07A0" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>202-736-3216</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6843737E" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="6843737E" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7EB297F7" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7EB297F7" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mgerst@ctia.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="43E55167" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="43E55167" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75139A53" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="75139A53" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CTS Telecom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C1449EE" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0C1449EE" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>David Baker</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0164F8F8" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0164F8F8" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>269-746-3204</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19AFFCD7" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="19AFFCD7" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F83872C" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0F83872C" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>dbaker@ctstelecom.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="7B9936FC" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="7B9936FC" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65D3CA92" w14:textId="6C65F871" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="65D3CA92" w14:textId="6C65F871" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DayStar</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Communications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="090F2C2B" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="090F2C2B" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Chuck Ausburn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="261E3208" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidDel="00E264AC" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="261E3208" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidDel="00E264AC" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>941-206-7840</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F723086" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="6F723086" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0ABC79CC" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0ABC79CC" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>c.ausburn@dayster.net</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="1C10BF5D" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="1C10BF5D" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="781A700B" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="781A700B" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DER Consulting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2949468A" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2949468A" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dennis Robins</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B23EF60" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="7B23EF60" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>360-546-1138</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CA32E83" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...10 lines deleted...]
-            <w:tcW w:w="4131" w:type="dxa"/>
+          <w:p w14:paraId="2CA32E83" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B3C1C27" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0B3C1C27" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>der@akkoy1.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="6A1E7E86" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="004A2A4E" w:rsidRPr="009451B1" w14:paraId="4E1BC0EC" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D073068" w14:textId="060D4DEF" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="045EA783" w14:textId="29ACAF22" w:rsidR="004A2A4E" w:rsidRPr="0004014D" w:rsidRDefault="004A2A4E" w:rsidP="004A2A4E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DISH Wireless</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57D8D474" w14:textId="1DA5AB3D" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3E4CEF48" w14:textId="60C771A2" w:rsidR="004A2A4E" w:rsidRPr="0004014D" w:rsidRDefault="004A2A4E" w:rsidP="004A2A4E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Paul Belote</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28847AD2" w14:textId="5E5F3C3A" w:rsidR="004A2A4E" w:rsidRPr="0004014D" w:rsidRDefault="004A2A4E" w:rsidP="004A2A4E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D687FB6" w14:textId="793AB17C" w:rsidR="004A2A4E" w:rsidRPr="0004014D" w:rsidRDefault="004A2A4E" w:rsidP="004A2A4E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>804-245-6838</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CF85684" w14:textId="50B658A2" w:rsidR="004A2A4E" w:rsidRPr="0004014D" w:rsidRDefault="004A2A4E" w:rsidP="004A2A4E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>paul.belote@dish.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="6A1E7E86" w14:textId="77777777" w:rsidTr="00FA4260">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="9" w:type="dxa"/>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D073068" w14:textId="060D4DEF" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>DISH Wireless</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D8D474" w14:textId="1DA5AB3D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Daniel Bowlin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="345B5BB4" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="345B5BB4" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FD9E202" w14:textId="3BA10B06" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>303-706-4072</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54C0237E" w14:textId="7F46662A" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="54C0237E" w14:textId="7F46662A" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>daniel.bowlin@dish.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F67DB3" w:rsidRPr="009451B1" w14:paraId="7E620C56" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="7E620C56" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7933A3A6" w14:textId="4DF7E0BB" w:rsidR="00F67DB3" w:rsidRPr="009451B1" w:rsidRDefault="00F67DB3" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7933A3A6" w14:textId="4DF7E0BB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DISH Wireless</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D1A01DA" w14:textId="4E2E9A8F" w:rsidR="00F67DB3" w:rsidRPr="009451B1" w:rsidRDefault="00F67DB3" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4D1A01DA" w14:textId="4E2E9A8F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jarred Engelholm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79C5ED6C" w14:textId="77777777" w:rsidR="00F67DB3" w:rsidRPr="009451B1" w:rsidRDefault="00F67DB3" w:rsidP="00CE5A7E">
-[...12 lines deleted...]
-          <w:p w14:paraId="39323149" w14:textId="77777777" w:rsidR="00F67DB3" w:rsidRPr="009451B1" w:rsidRDefault="00F67DB3" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="79C5ED6C" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39323149" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55998A78" w14:textId="58F15126" w:rsidR="00F67DB3" w:rsidRPr="009451B1" w:rsidRDefault="00F67DB3" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="55998A78" w14:textId="58F15126" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>jarred.engelholm@dish.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF5A16" w:rsidRPr="009451B1" w14:paraId="1E742DF2" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="004A2A4E" w:rsidRPr="009451B1" w14:paraId="25662F7A" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56FCAB7E" w14:textId="6E4F0F70" w:rsidR="00EF5A16" w:rsidRPr="009451B1" w:rsidRDefault="00EF5A16" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4F1968B9" w14:textId="5CF68901" w:rsidR="004A2A4E" w:rsidRPr="0004014D" w:rsidRDefault="004A2A4E" w:rsidP="004A2A4E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DISH Wireless</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="364BF12B" w14:textId="727D7433" w:rsidR="00EF5A16" w:rsidRPr="009451B1" w:rsidRDefault="00EF5A16" w:rsidP="00CE5A7E">
-[...73 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1CD36949" w14:textId="78F2DE00" w:rsidR="004A2A4E" w:rsidRPr="0004014D" w:rsidRDefault="004A2A4E" w:rsidP="004A2A4E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sravani Gopisetti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="757AD475" w14:textId="183BA2C2" w:rsidR="004A2A4E" w:rsidRPr="0004014D" w:rsidRDefault="004A2A4E" w:rsidP="004A2A4E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04357C87" w14:textId="42DFB096" w:rsidR="004A2A4E" w:rsidRPr="0004014D" w:rsidRDefault="004A2A4E" w:rsidP="004A2A4E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="149475B4" w14:textId="19F3ED55" w:rsidR="00EF5A16" w:rsidRPr="009451B1" w:rsidRDefault="000449CA" w:rsidP="00CE5A7E">
-[...11 lines deleted...]
-              <w:t>ann.mccarragher@dish.com</w:t>
+          <w:p w14:paraId="12F6E970" w14:textId="1A86489B" w:rsidR="004A2A4E" w:rsidRPr="0004014D" w:rsidRDefault="004A2A4E" w:rsidP="004A2A4E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>sravani.gopisetti@dish.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="461AA642" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="461AA642" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32890F5D" w14:textId="4C24A3DB" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="32890F5D" w14:textId="4C24A3DB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DISH Wireless</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F1F22D9" w14:textId="56AEB3F1" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4F1F22D9" w14:textId="56AEB3F1" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kathy Rogers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7888C448" w14:textId="74223DF7" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7888C448" w14:textId="74223DF7" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>303-706-5134</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31DEFC1D" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="31DEFC1D" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="527AA50C" w14:textId="46EEAE61" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="527AA50C" w14:textId="46EEAE61" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>kathy.rogers@dish.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC64E5" w:rsidRPr="009451B1" w14:paraId="4C606DDB" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="4C606DDB" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2FE5554B" w14:textId="2C237A61" w:rsidR="00CC64E5" w:rsidRPr="009451B1" w:rsidRDefault="00CC64E5" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2FE5554B" w14:textId="2C237A61" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DISH Wireless</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C05FD69" w14:textId="4E3638F9" w:rsidR="00CC64E5" w:rsidRPr="009451B1" w:rsidRDefault="00CC64E5" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0C05FD69" w14:textId="4E3638F9" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Joshua Wessler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CD74C7B" w14:textId="77777777" w:rsidR="00CC64E5" w:rsidRPr="009451B1" w:rsidRDefault="00CC64E5" w:rsidP="00CE5A7E">
-[...12 lines deleted...]
-          <w:p w14:paraId="4A9DF262" w14:textId="77777777" w:rsidR="00CC64E5" w:rsidRPr="009451B1" w:rsidRDefault="00CC64E5" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="5CD74C7B" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A9DF262" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2868826E" w14:textId="49196957" w:rsidR="00CC64E5" w:rsidRPr="009451B1" w:rsidRDefault="00CC64E5" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2868826E" w14:textId="49196957" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Joshua.wessler@dish.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="50E4CE36" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="02961723" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71428E6F" w14:textId="19E985CA" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00B409D8" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="65AC0EF0" w14:textId="59C88796" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DISH Wireless</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="215F3A67" w14:textId="2C8E33A1" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00B409D8" w:rsidP="00CE5A7E">
-[...39 lines deleted...]
-          <w:p w14:paraId="6AECF122" w14:textId="5283DF01" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="14C6005B" w14:textId="794E94C8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mindy Yost</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B085D82" w14:textId="67FF1819" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AF7EB6A" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EEBA34F" w14:textId="01F16D94" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="006C7B90" w:rsidP="00CE5A7E">
-[...108 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="740F1B45" w14:textId="6B0AD07D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>melinda.yost@dish.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="57BF50E7" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="57BF50E7" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22570622" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="22570622" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>EZ Texting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F930B22" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7F930B22" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Shannon Donohue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="471F0DD0" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="471F0DD0" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>213-221-2236</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D61C526" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0D61C526" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>310-663-1623</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AD4FB72" w14:textId="749142A0" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7AD4FB72" w14:textId="749142A0" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>shannon@eztexting.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="40ED17E9" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="40ED17E9" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DAAC8DE" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...13 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="5DAAC8DE" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>Frontier Communications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BE8CDD4" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7BE8CDD4" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sheri Pressler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D2D2E69" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2D2D2E69" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>260-445-5088</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="395A374E" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="395A374E" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>260-461-3475</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="550877E9" w14:textId="1D222164" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="550877E9" w14:textId="1D222164" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>sheri.pressler@ftr.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="002E9B83" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="002E9B83" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FB68997" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3FB68997" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Garden Valley Technologies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58C93B1F" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="58C93B1F" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Steve Holzer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AEE093A" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="3AEE093A" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58E4BE4D" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="58E4BE4D" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A656DB5" w14:textId="630596C4" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5A656DB5" w14:textId="630596C4" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>steve.holzer@gvtel.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="71938B79" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="71938B79" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3838EE18" w14:textId="5056546E" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3838EE18" w14:textId="5056546E" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Global Crossing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B12D8F8" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7B12D8F8" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Therese Mooney</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D1AA286" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1D1AA286" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>585-255-1920</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21D9AF0C" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="21D9AF0C" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>585-746-2409</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="371D13F6" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="371D13F6" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>therese.mooney@globalcrossing.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="0A129274" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="0A129274" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0AD167F2" w14:textId="4AEA02E5" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0AD167F2" w14:textId="4AEA02E5" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>GVNW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E8D78B9" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1E8D78B9" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Crystal Hanus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="345D0176" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="345D0176" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>830-895-7249</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F0DE4CE" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="6F0DE4CE" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="030FA3FB" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="030FA3FB" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>crystal.hanus@vantagepnt.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="7DA2B822" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="7DA2B822" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="783B7CD0" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="783B7CD0" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>GVNW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D30236A" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1D30236A" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Courtney Spears</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ACB6303" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5ACB6303" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>830-895-7221</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47A24B32" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="47A24B32" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="382BA697" w14:textId="10E715EB" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="382BA697" w14:textId="10E715EB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>cspears@gvnw.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="3B178CE9" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="3B178CE9" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CD420DF" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2CD420DF" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hawaiian Telecom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60FDDA22" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="60FDDA22" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Blake Uramoto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05A6435D" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="05A6435D" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>808-546-3663</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="567307AC" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="567307AC" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>808-291-3840</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15FA36DE" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="15FA36DE" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Blake.Uramoto@hawaiiantel.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="19AB53F5" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="19AB53F5" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B3A2B72" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...12 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="4B3A2B72" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Hawaiian Telecom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11A1A14A" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="11A1A14A" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Marc De Costa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00B54471" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="00B54471" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>808-546-3697</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="450F4B23" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="450F4B23" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>808-372-7471</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76C25E5F" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="76C25E5F" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Marc.DeCosta@hawaiiantel.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="376231C7" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="376231C7" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CA6EE6F" w14:textId="25A6A066" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1CA6EE6F" w14:textId="25A6A066" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>iconectiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B15EB6B" w14:textId="0AC13D1C" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4B15EB6B" w14:textId="0AC13D1C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Renee Berkowitz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22F55292" w14:textId="24E1FA2D" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="22F55292" w14:textId="24E1FA2D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>732-699-5045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="386D77B1" w14:textId="756AEB91" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="386D77B1" w14:textId="756AEB91" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A95942C" w14:textId="35030564" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5A95942C" w14:textId="35030564" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>rberkowitz@iconectiv.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="360F2DE0" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="360F2DE0" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62A56CD6" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="62A56CD6" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>iconectiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F4D3D02" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7F4D3D02" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Carolyn Knight</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="512A6BD0" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="512A6BD0" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>732-699-6745</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6376EE97" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6376EE97" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>908-472-9366</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64AC0380" w14:textId="0E710955" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="64AC0380" w14:textId="0E710955" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>cknight@iconectiv.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="76DB7AFE" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="76DB7AFE" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="181CA1F9" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="181CA1F9" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>iconectiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D7E97B7" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1D7E97B7" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Cathy McMahon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C8EFB2F" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1C8EFB2F" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>732-699-4884</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3446FA4A" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3446FA4A" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>732-245-8116</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21FCB5E9" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="21FCB5E9" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>cmcmahon@iconectiv.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="7CF5F98F" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="7CF5F98F" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EBEFEB0" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6EBEFEB0" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>iconectiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="303D9A61" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="303D9A61" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Chris Drake</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46583934" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="46583934" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>908-342-6474</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4197620C" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4197620C" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>732-699-2035</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67993E40" w14:textId="75128F0D" w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="67993E40" w14:textId="75128F0D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>cdrake@iconectiv.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="4BCFF201" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="4BCFF201" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A8F6ABA" w14:textId="5C7854E0" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5A8F6ABA" w14:textId="5C7854E0" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>iconectiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AFE3BEF" w14:textId="7CB6529D" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4AFE3BEF" w14:textId="7CB6529D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Joel Zamlong</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="164E1BEA" w14:textId="152CB8E5" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="164E1BEA" w14:textId="152CB8E5" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>732-699-8695</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D919C8D" w14:textId="64458115" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4D919C8D" w14:textId="64458115" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>732-763-9456</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="662F9E11" w14:textId="1A66AFF5" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="662F9E11" w14:textId="1A66AFF5" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>jzamlong@iconectiv.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="24F8D873" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="24F8D873" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B978A93" w14:textId="6E16D88A" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0B978A93" w14:textId="6E16D88A" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>iconectiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FABE1BF" w14:textId="6BB4016F" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4FABE1BF" w14:textId="6BB4016F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>John Malyar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10004D02" w14:textId="0E56378D" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="10004D02" w14:textId="0E56378D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>732-699-7192</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7696F96D" w14:textId="1C9DE761" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="7696F96D" w14:textId="1C9DE761" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18EBB12D" w14:textId="648B7CDD" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="18EBB12D" w14:textId="648B7CDD" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>jmalyar@iconectiv.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="03D9A092" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="03D9A092" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52829E26" w14:textId="42289D4F" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="52829E26" w14:textId="42289D4F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>iconectiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77F9F324" w14:textId="2CE641BD" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="77F9F324" w14:textId="2CE641BD" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kathy Timko</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AF19607" w14:textId="51D65705" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4AF19607" w14:textId="51D65705" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>732-669-5300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="31155E64" w14:textId="26D52D77" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="31155E64" w14:textId="26D52D77" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>732-539-4447</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1BD2DF9F" w14:textId="720B3746" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1BD2DF9F" w14:textId="720B3746" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>ktimko@iconectiv.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="11E9DEAF" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="11E9DEAF" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="292B6330" w14:textId="4943206E" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="292B6330" w14:textId="4943206E" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>iconectiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0088F338" w14:textId="44ED9DD3" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0088F338" w14:textId="44ED9DD3" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matthew Timmermann</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20E76976" w14:textId="4220757D" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="20E76976" w14:textId="4220757D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>732-699-3488</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68C59D98" w14:textId="72481D24" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="68C59D98" w14:textId="72481D24" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="003BD1BD" w14:textId="43E95337" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="003BD1BD" w14:textId="43E95337" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>mtimmermann@iconectiv.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="4F78C150" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="4F78C150" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C0B6C93" w14:textId="147C72AE" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1C0B6C93" w14:textId="147C72AE" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>iconectiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D50FB25" w14:textId="3EE7F172" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7D50FB25" w14:textId="3EE7F172" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Michael Doherty</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26BFC00A" w14:textId="53F2D862" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="26BFC00A" w14:textId="53F2D862" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>732-699-6387</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25371461" w14:textId="26640783" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="25371461" w14:textId="26640783" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>848-248-1070</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D15916C" w14:textId="7C009CBD" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4D15916C" w14:textId="7C009CBD" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mdoherty@iconectiv.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="2EB64C6E" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="2EB64C6E" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E769465" w14:textId="4C1217EA" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2E769465" w14:textId="4C1217EA" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>iconectiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1627A064" w14:textId="584F32AE" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1627A064" w14:textId="584F32AE" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ray Wood</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0940CA90" w14:textId="5F78715A" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0940CA90" w14:textId="5F78715A" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>732-699-4990</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15A7AC90" w14:textId="2AA1804F" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="15A7AC90" w14:textId="2AA1804F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C93D745" w14:textId="4EDDAE74" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5C93D745" w14:textId="4EDDAE74" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>rwood@iconectiv.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="771384B0" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="771384B0" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5911FE24" w14:textId="5C05BE3D" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5911FE24" w14:textId="5C05BE3D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>iconectiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="224F8FB5" w14:textId="77C24BEF" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="224F8FB5" w14:textId="77C24BEF" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Shanmugavel Krishnan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6148EA6B" w14:textId="267FA7F4" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6148EA6B" w14:textId="267FA7F4" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>732-983-8480</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4555F8A4" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="4555F8A4" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E308964" w14:textId="5FB08B41" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0E308964" w14:textId="5FB08B41" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>skrishnan@iconectiv.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="3E5C0DD1" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="3E5C0DD1" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F590996" w14:textId="7E883D4D" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2F590996" w14:textId="7E883D4D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>iconectiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05D19E5B" w14:textId="0AA27E44" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="05D19E5B" w14:textId="0AA27E44" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Steven Koch</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55B4BAE3" w14:textId="2DF9744D" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="55B4BAE3" w14:textId="2DF9744D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>732-699-4644</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1172684A" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="1172684A" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D179FD8" w14:textId="6153E712" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6D179FD8" w14:textId="6153E712" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>skoch@iconectiv.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="181712D0" w14:textId="77777777" w:rsidTr="00FA4260">
-[...113 lines deleted...]
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="1C28DE8E" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="1C28DE8E" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="675D3C38" w14:textId="123F6D59" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="675D3C38" w14:textId="123F6D59" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>John Staurulakis, LLC (JSI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EDC2035" w14:textId="4EC90801" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7EDC2035" w14:textId="4EC90801" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bridget Alexander White</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DCC98B9" w14:textId="1BCC21B8" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5DCC98B9" w14:textId="1BCC21B8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>301-459-7590</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D0BDAA2" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="0D0BDAA2" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1ACF4222" w14:textId="1D594914" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1ACF4222" w14:textId="1D594914" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>balexander@jsitel.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="4F834B14" w14:textId="77777777" w:rsidTr="007A0448">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="4F834B14" w14:textId="77777777" w:rsidTr="007A0448">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6025D7C8" w14:textId="34CEE897" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6025D7C8" w14:textId="34CEE897" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lumen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26D405EC" w14:textId="08D0A033" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="26D405EC" w14:textId="08D0A033" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Cynthia Delgado Rojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2EF408A6" w14:textId="4A33572B" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2EF408A6" w14:textId="4A33572B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>720-387-3172</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62FCA0F1" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="62FCA0F1" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60198EAC" w14:textId="608531C5" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="60198EAC" w14:textId="608531C5" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>cynthia.delgadorojas@lumen.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="51836404" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="51836404" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="464D5336" w14:textId="743B16D5" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="464D5336" w14:textId="743B16D5" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lumen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F7E1DEE" w14:textId="70914F87" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1F7E1DEE" w14:textId="70914F87" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Phil Linse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="444EE8BC" w14:textId="7F8B563F" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="444EE8BC" w14:textId="7F8B563F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>303-707-3844</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="224353C2" w14:textId="1F78BB01" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="224353C2" w14:textId="1F78BB01" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>720-363-3844</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BF0FCB1" w14:textId="37C4854A" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0BF0FCB1" w14:textId="37C4854A" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>phillip.linse@lumen.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="0FEAC34B" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="0FEAC34B" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="385F1A35" w14:textId="1B31A54C" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="385F1A35" w14:textId="1B31A54C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lumen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="337D233E" w14:textId="211A5045" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="337D233E" w14:textId="211A5045" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Christian Aguilar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62BDE002" w14:textId="7D49E366" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="62BDE002" w14:textId="7D49E366" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>720-888-1563</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29478871" w14:textId="16A5C667" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="29478871" w14:textId="16A5C667" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="384A171E" w14:textId="0AB8059A" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="384A171E" w14:textId="0AB8059A" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>christian.aguilar@lumen.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="4610B301" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="4610B301" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73328A4C" w14:textId="4A121F0A" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="73328A4C" w14:textId="4A121F0A" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lumen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74F08DE7" w14:textId="3D8E3E43" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="74F08DE7" w14:textId="3D8E3E43" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Corey Curtis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B80C057" w14:textId="7443A646" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4B80C057" w14:textId="7443A646" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>918-547-4101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="255FB953" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="255FB953" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64557852" w14:textId="039C1AF7" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="64557852" w14:textId="039C1AF7" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>corey.curtis@lumen.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="34958549" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="34958549" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04E14485" w14:textId="57DA0A62" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="04E14485" w14:textId="57DA0A62" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lumen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="510E4E39" w14:textId="74337DC8" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="510E4E39" w14:textId="74337DC8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Aaron Storms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2CDBCB7B" w14:textId="59BB0FD9" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2CDBCB7B" w14:textId="59BB0FD9" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>720-888-3958</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="071A014F" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="071A014F" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BB0DC17" w14:textId="7702F415" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0BB0DC17" w14:textId="7702F415" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>aaron.storms@lumen.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="05237826" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="05237826" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03358979" w14:textId="7FE9CE8A" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="03358979" w14:textId="7FE9CE8A" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Lumen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37E7A2D3" w14:textId="30D8EB56" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="37E7A2D3" w14:textId="30D8EB56" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>John Wharton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C5E5783" w14:textId="0CC9151E" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="4C5E5783" w14:textId="0CC9151E" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A502BC8" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="5A502BC8" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="50AC86C6" w14:textId="268DA288" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="002A2B1A">
+          <w:p w14:paraId="50AC86C6" w14:textId="268DA288" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>john.wharton@lumen.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="3A3EFB35" w14:textId="77777777" w:rsidTr="007A0448">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="3A3EFB35" w14:textId="77777777" w:rsidTr="007A0448">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="794AF42E" w14:textId="17827187" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="794AF42E" w14:textId="17827187" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>LocalVanityNumbers.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B86785B" w14:textId="6EA707EE" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4B86785B" w14:textId="6EA707EE" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bill Quimby</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00C4076A" w14:textId="18E82449" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="00C4076A" w14:textId="18E82449" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1-800-MARKETER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B5D2480" w14:textId="1CC4C170" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7B5D2480" w14:textId="1CC4C170" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>845-MARKETER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F4E4F24" w14:textId="31096550" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00D33489">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="002A2B1A">
+          <w:p w14:paraId="3F4E4F24" w14:textId="31096550" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>bill@TollFreeNumbers.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="0BF35533" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="0BF35533" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A81AEE9" w14:textId="6D801F5F" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="5A81AEE9" w14:textId="6D801F5F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Masergy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C200859" w14:textId="3039C39C" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="3C200859" w14:textId="3039C39C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jack Aronson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33ED00CB" w14:textId="5761BE52" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="33ED00CB" w14:textId="5761BE52" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>214-442-8893</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26444A02" w14:textId="37A79E33" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="26444A02" w14:textId="37A79E33" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>214-298-7023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24D7F589" w14:textId="51FA4AE1" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00D33489">
+          <w:p w14:paraId="24D7F589" w14:textId="51FA4AE1" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
-              <w:r w:rsidRPr="009451B1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>jack.aronson@masergy.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="2FF518EF" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="2FF518EF" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6AE21AED" w14:textId="403E2C00" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="6AE21AED" w14:textId="403E2C00" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Masergy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F2FF459" w14:textId="0018A4C7" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7F2FF459" w14:textId="0018A4C7" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Terry Ford</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DBDFD14" w14:textId="675D680B" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6DBDFD14" w14:textId="675D680B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>214-435-4216</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CA2E71F" w14:textId="056D58B3" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="2CA2E71F" w14:textId="056D58B3" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="008957AC" w14:textId="7938034B" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="008957AC" w14:textId="7938034B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>terry.ford@masergy.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="3BC24F0A" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="3BC24F0A" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33D997BB" w14:textId="4F905882" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="33D997BB" w14:textId="4F905882" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Metro by T-Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D9EAB43" w14:textId="739118A8" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3D9EAB43" w14:textId="739118A8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Namitha Sundar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B1D0A60" w14:textId="635AA22B" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0B1D0A60" w14:textId="635AA22B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>214-570-4631</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7423C0F7" w14:textId="270C2949" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7423C0F7" w14:textId="270C2949" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>214-683-4901</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AAEB77F" w14:textId="2F172CF3" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1AAEB77F" w14:textId="2F172CF3" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>npattabhi@metropcs.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="392F504B" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="392F504B" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61712F7F" w14:textId="301C45DB" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="61712F7F" w14:textId="301C45DB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>MOSS ADAMS LLP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E3816C5" w14:textId="5DE2D8A5" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4E3816C5" w14:textId="5DE2D8A5" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dennis Rose  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58CE522A" w14:textId="66D1AB53" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="58CE522A" w14:textId="66D1AB53" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>512-652-7731</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E3303D9" w14:textId="14A66B8B" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="7E3303D9" w14:textId="14A66B8B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06279FEF" w14:textId="58DC9296" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="06279FEF" w14:textId="58DC9296" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>dennis.rose@mossadams.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="18E72037" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="18E72037" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="392273D7" w14:textId="408AD29C" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...13 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="392273D7" w14:textId="408AD29C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>MOSS ADAMS LLP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79C2E00F" w14:textId="32192E4E" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="79C2E00F" w14:textId="32192E4E" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Linda Lloyd</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="441AA14D" w14:textId="51EDA14B" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="441AA14D" w14:textId="51EDA14B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>512-652-7732</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CAAD892" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="4CAAD892" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51432B76" w14:textId="682F4739" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="51432B76" w14:textId="682F4739" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>lind.lloyd@mossadams.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="595010AB" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="595010AB" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28544B71" w14:textId="4FC6D74F" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="28544B71" w14:textId="4FC6D74F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NARUC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44DEEAD1" w14:textId="796BD843" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="44DEEAD1" w14:textId="796BD843" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Brad Ramsay</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36E339AE" w14:textId="79FE61CB" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="36E339AE" w14:textId="79FE61CB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>202-898-2207</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46289550" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="46289550" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DF4F462" w14:textId="5E1407EC" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1DF4F462" w14:textId="5E1407EC" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>jramsay@naruc.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="483CA673" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="483CA673" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A71B120" w14:textId="04536BF7" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5A71B120" w14:textId="04536BF7" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NetNumber</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56A5106F" w14:textId="2E421BA0" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="56A5106F" w14:textId="2E421BA0" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sandeep Gupta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15745D2D" w14:textId="392A9301" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...12 lines deleted...]
-          <w:p w14:paraId="2C273B93" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="15745D2D" w14:textId="392A9301" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C273B93" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="78254107" w14:textId="5B51C118" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="78254107" w14:textId="5B51C118" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>sgupta@netnumber.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD6D08" w:rsidRPr="009451B1" w14:paraId="75D1B1DA" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="75D1B1DA" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3747D16B" w14:textId="72419382" w:rsidR="00CD6D08" w:rsidRPr="00CD6D08" w:rsidRDefault="00CD6D08" w:rsidP="00CD6D08">
+          <w:p w14:paraId="3747D16B" w14:textId="72419382" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CD6D08">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NetNumber</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5939C0CC" w14:textId="58C4E99F" w:rsidR="00CD6D08" w:rsidRPr="009451B1" w:rsidRDefault="00CD6D08" w:rsidP="00CD6D08">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00F9193C">
+          <w:p w14:paraId="5939C0CC" w14:textId="58C4E99F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>Teresa Patton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17A64487" w14:textId="77777777" w:rsidR="00CD6D08" w:rsidRPr="009451B1" w:rsidRDefault="00CD6D08" w:rsidP="00CD6D08">
-[...22 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="17A64487" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="609FB087" w14:textId="15435B4C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>972-989-5126</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="694421CD" w14:textId="58C81878" w:rsidR="00CD6D08" w:rsidRDefault="00CD6D08" w:rsidP="00CD6D08">
-[...1 lines deleted...]
-              <w:r w:rsidRPr="00B23854">
+          <w:p w14:paraId="694421CD" w14:textId="58C81878" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Tpatton@netnumber.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="0C199827" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="0C199827" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08915FD2" w14:textId="724189C0" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="08915FD2" w14:textId="724189C0" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Neustar, a Transunion Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C15B762" w14:textId="7B74C18A" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4C15B762" w14:textId="7B74C18A" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Anand Rathi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7828F800" w14:textId="4931C3EB" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7828F800" w14:textId="4931C3EB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>202-533-2941</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56BF0A31" w14:textId="567A151B" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...25 lines deleted...]
-              <w:t>7827</w:t>
+          <w:p w14:paraId="56BF0A31" w14:textId="567A151B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>678-779-7827</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79F6CCBE" w14:textId="04606036" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="002A2B1A">
+          <w:p w14:paraId="79F6CCBE" w14:textId="04606036" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>anand.rathi@team.neustar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="0CEF79AE" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="0CEF79AE" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E1C6AE3" w14:textId="3CB07BE2" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7E1C6AE3" w14:textId="3CB07BE2" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Neustar, a Transunion Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="233D816D" w14:textId="22B59476" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="233D816D" w14:textId="22B59476" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>John Denemark</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="099AE8ED" w14:textId="362B059C" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="099AE8ED" w14:textId="362B059C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>571-434-5507</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16E673AA" w14:textId="5DCD8D37" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="16E673AA" w14:textId="5DCD8D37" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>202-285-3814</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21EFF0A4" w14:textId="32540511" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00D33489">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="002A2B1A">
+          <w:p w14:paraId="21EFF0A4" w14:textId="32540511" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>john.denemark@team.neustar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="5AC33810" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="5AC33810" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75D0D709" w14:textId="7FC002A1" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="75D0D709" w14:textId="7FC002A1" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Neustar, a Transunion Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67D675F8" w14:textId="0820E428" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="67D675F8" w14:textId="0820E428" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Marcel Champagne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2978951E" w14:textId="7E4DE22E" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2978951E" w14:textId="7E4DE22E" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>613-791-4434</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11FD7A91" w14:textId="0CEAEBE3" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="11FD7A91" w14:textId="0CEAEBE3" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4453B7E9" w14:textId="5145443E" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00D33489">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4453B7E9" w14:textId="5145443E" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>mpc@ca.inter.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="7D3A1DAB" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="7D3A1DAB" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0592BD68" w14:textId="6AB53236" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0592BD68" w14:textId="6AB53236" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Neustar, a Transunion Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6978EB10" w14:textId="6F45A8C5" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6978EB10" w14:textId="6F45A8C5" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jim Kientz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EDEC30E" w14:textId="692831F0" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5EDEC30E" w14:textId="692831F0" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>303-802-1331</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22EDE37A" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="22EDE37A" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B3C8EAC" w14:textId="071DDD9F" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="002A2B1A">
+          <w:p w14:paraId="1B3C8EAC" w14:textId="071DDD9F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>jim.kientz@team.neustar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="5C410629" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="5C410629" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11136517" w14:textId="6BEEC413" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="11136517" w14:textId="6BEEC413" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Neustar, a Transunion Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3019F062" w14:textId="0AECB9DE" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3019F062" w14:textId="0AECB9DE" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jennifer Marino</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E27AEF3" w14:textId="2D3D93D7" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6E27AEF3" w14:textId="2D3D93D7" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>703-314-8402</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="036F87D5" w14:textId="2E5D76EC" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="036F87D5" w14:textId="2E5D76EC" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>610-316-4114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68BAAB0D" w14:textId="14A401D6" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00D33489">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="002A2B1A">
+          <w:p w14:paraId="68BAAB0D" w14:textId="14A401D6" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>jennifer.marino@team.neustar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="26D90621" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="26D90621" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72494840" w14:textId="2A96B34F" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="72494840" w14:textId="2A96B34F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Neustar, a Transunion Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0065C467" w14:textId="57C233B5" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0065C467" w14:textId="57C233B5" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jill Guffey</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B2C4E5A" w14:textId="3D3B87D2" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5B2C4E5A" w14:textId="3D3B87D2" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>571-643-2743</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DC6AF9B" w14:textId="2FD655C9" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="4DC6AF9B" w14:textId="2FD655C9" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A4BBE86" w14:textId="118F7F81" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00D33489">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="002A2B1A">
+          <w:p w14:paraId="5A4BBE86" w14:textId="118F7F81" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>jill.guffey@team.neustar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="4ABACF4E" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="4ABACF4E" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3ED45D89" w14:textId="30DC2B7B" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3ED45D89" w14:textId="30DC2B7B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>New Horizon Communications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74151B3F" w14:textId="13A06156" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="74151B3F" w14:textId="13A06156" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Len Sampson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68C32EDA" w14:textId="6E5835FD" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="68C32EDA" w14:textId="6E5835FD" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>781-258-4824</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22E961D9" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="22E961D9" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E5B96F3" w14:textId="56E5BDC5" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00D33489">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6E5B96F3" w14:textId="56E5BDC5" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>lsampson@nhcgrp.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="464BB4DB" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="464BB4DB" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DF7B6F6" w14:textId="1DE9EAEE" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5DF7B6F6" w14:textId="1DE9EAEE" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NRT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0332DD74" w14:textId="6F4B9CBA" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0332DD74" w14:textId="6F4B9CBA" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Gene Perez</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="516655B3" w14:textId="1F51432A" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="516655B3" w14:textId="1F51432A" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>813-977-3500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5DF29476" w14:textId="0B8A5F8D" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5DF29476" w14:textId="0B8A5F8D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>813 956-6486</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E365AF1" w14:textId="1809D92A" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3E365AF1" w14:textId="1809D92A" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:tooltip="blocked::mailto:gene.perez@verizon.net" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>gene.perez@verizon.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="09C947D9" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="09C947D9" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20FCA9AA" w14:textId="4E912685" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="20FCA9AA" w14:textId="4E912685" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Oklahoma Corporation Commission</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18059994" w14:textId="08487BD8" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="18059994" w14:textId="08487BD8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dexter Murphy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29E18CCC" w14:textId="7246E72C" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="29E18CCC" w14:textId="7246E72C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>405-522-1154</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CE33345" w14:textId="42A874D3" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4CE33345" w14:textId="42A874D3" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>405-408-8086</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4332AAA5" w14:textId="55B62BA8" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="002A2B1A">
+          <w:p w14:paraId="4332AAA5" w14:textId="55B62BA8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>dxmurphy@occemail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="33DB27B5" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="33DB27B5" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="724C9F3D" w14:textId="7ED6A915" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="724C9F3D" w14:textId="7ED6A915" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>OnStar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0085E2CC" w14:textId="7B795A56" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0085E2CC" w14:textId="7B795A56" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Brad Bloomer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B5A547F" w14:textId="78F43F20" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2B5A547F" w14:textId="78F43F20" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>313-667-6846</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4368624E" w14:textId="5C6A76AA" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4368624E" w14:textId="5C6A76AA" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>248-709-9114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16902B55" w14:textId="5AF12DEF" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00D33489">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="002A2B1A">
+          <w:p w14:paraId="16902B55" w14:textId="5AF12DEF" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>brad.bloomer@onstar.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="5F265EEC" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="5F265EEC" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="025B830A" w14:textId="3FDE88D3" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="025B830A" w14:textId="3FDE88D3" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>OPASTCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BBEB80E" w14:textId="7A9A2611" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0BBEB80E" w14:textId="7A9A2611" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>John McHugh</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EA7A504" w14:textId="267FF0F1" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2EA7A504" w14:textId="267FF0F1" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>386-673-7955</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70725033" w14:textId="154B024E" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="70725033" w14:textId="154B024E" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C7BA99A" w14:textId="27608E83" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00D33489">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6C7BA99A" w14:textId="27608E83" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>jtm@opastco.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="0C212C98" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="0C212C98" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F92D3D9" w14:textId="6D0E036D" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4F92D3D9" w14:textId="6D0E036D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Oracle Communications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4ED60C44" w14:textId="0098350A" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4ED60C44" w14:textId="0098350A" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Steve Brock</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04A15DC8" w14:textId="6CC18418" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="04A15DC8" w14:textId="6CC18418" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>214-683-7850</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D97634D" w14:textId="56F56D27" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3D97634D" w14:textId="56F56D27" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>214-683-7850</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73C949CD" w14:textId="0121EC68" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="002A2B1A">
+          <w:p w14:paraId="73C949CD" w14:textId="0121EC68" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Steve.Brock@Oracle.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="70300278" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="70300278" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="477A83C0" w14:textId="26E6EB1F" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="477A83C0" w14:textId="26E6EB1F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Oracle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="421D2ECC" w14:textId="62AAC8DB" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="421D2ECC" w14:textId="62AAC8DB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vipin Kumar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74991DF9" w14:textId="0AE0AEA8" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="74991DF9" w14:textId="0AE0AEA8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>806-605-0308</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="311FDFCE" w14:textId="5382D096" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="311FDFCE" w14:textId="5382D096" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>987-194-3807</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2ED9AF8A" w14:textId="0EC87339" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00D33489">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="002A2B1A">
+          <w:p w14:paraId="2ED9AF8A" w14:textId="0EC87339" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>v.vipin.kumar@oracle.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="31B67341" w14:textId="77777777" w:rsidTr="007A0448">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="31B67341" w14:textId="77777777" w:rsidTr="007A0448">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10594D36" w14:textId="7C65C378" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="10594D36" w14:textId="7C65C378" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Oracle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CF3B81B" w14:textId="58BF6B87" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4CF3B81B" w14:textId="58BF6B87" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vincent Hamrick</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CEAB315" w14:textId="35D0C720" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3CEAB315" w14:textId="35D0C720" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>919-205-6861</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12E50D37" w14:textId="6BCE778C" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="12E50D37" w14:textId="6BCE778C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>919-607-9106</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7838AFA0" w14:textId="5AE554E9" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00D33489">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7838AFA0" w14:textId="5AE554E9" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>vincent.hamrick@oracle.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="534C605C" w14:textId="77777777" w:rsidTr="007A0448">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="534C605C" w14:textId="77777777" w:rsidTr="007A0448">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="527775BF" w14:textId="6C2E8882" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="527775BF" w14:textId="6C2E8882" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Oregon PUC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BED0191" w14:textId="0A258FD5" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4BED0191" w14:textId="0A258FD5" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Stephanie Maeda</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E620811" w14:textId="7F401533" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5E620811" w14:textId="7F401533" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>503-378-5201</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71DC5FB2" w14:textId="6328A767" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="71DC5FB2" w14:textId="6328A767" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>503-960-8292</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E50229B" w14:textId="231243FB" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00D33489">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2E50229B" w14:textId="231243FB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>stephanie.maeda@state.or.us</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="7AEEA6AB" w14:textId="77777777" w:rsidTr="00D94D40">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="7AEEA6AB" w14:textId="77777777" w:rsidTr="00D94D40">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53E6FAD4" w14:textId="78739509" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="53E6FAD4" w14:textId="78739509" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Oregon PUC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F316D08" w14:textId="20A3046E" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5F316D08" w14:textId="20A3046E" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Steve Hayes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0630B9D4" w14:textId="444CBBB0" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0630B9D4" w14:textId="444CBBB0" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>503-378-6122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1655BF67" w14:textId="1886F0F0" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1655BF67" w14:textId="1886F0F0" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>503-602-1513</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="729C8D89" w14:textId="2948F9DE" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="729C8D89" w14:textId="2948F9DE" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>stephen.hayes@state.or.us</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="46C16D9F" w14:textId="77777777" w:rsidTr="00D94D40">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="46C16D9F" w14:textId="77777777" w:rsidTr="00D94D40">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43FDB5D4" w14:textId="614778AE" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="43FDB5D4" w14:textId="614778AE" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>RingCentral</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77357129" w14:textId="6E54FB87" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="77357129" w14:textId="6E54FB87" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Desiree Apodaca</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5843285B" w14:textId="0518A57C" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5843285B" w14:textId="0518A57C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>720-863-7818</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23700BA5" w14:textId="1D914AFC" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="23700BA5" w14:textId="1D914AFC" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C7B7197" w14:textId="2B63059C" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1C7B7197" w14:textId="2B63059C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>desiree.apodaca@ringcentral.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="780E553E" w14:textId="77777777" w:rsidTr="00D94D40">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="780E553E" w14:textId="77777777" w:rsidTr="00D94D40">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6AB12426" w14:textId="3E2D3413" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6AB12426" w14:textId="3E2D3413" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ring Squared</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28C4AA5C" w14:textId="3E3F6A52" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="28C4AA5C" w14:textId="3E3F6A52" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Joe Mullin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1BC85C1F" w14:textId="750C2897" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1BC85C1F" w14:textId="750C2897" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>201-801-8111</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7082DCC9" w14:textId="6E7E15E0" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7082DCC9" w14:textId="6E7E15E0" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>972-729-9246</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="675D0ED1" w14:textId="61FCD896" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="675D0ED1" w14:textId="61FCD896" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>joe.mullin@ringsquared.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="6A8B5518" w14:textId="77777777" w:rsidTr="00D94D40">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="6A8B5518" w14:textId="77777777" w:rsidTr="00D94D40">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07153AFD" w14:textId="79F71871" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="07153AFD" w14:textId="79F71871" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Rogers Communications Partnership</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5484A100" w14:textId="7DDF7DB8" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5484A100" w14:textId="7DDF7DB8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Peter Gerasimopoulos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F215377" w14:textId="15298C7E" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7F215377" w14:textId="15298C7E" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>647-747-3552</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C8BED99" w14:textId="75FF725F" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="3C8BED99" w14:textId="75FF725F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F26D9AD" w14:textId="4A5364C8" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5F26D9AD" w14:textId="4A5364C8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>peter.Gerasimopoulos@rci.rogers.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="56FFA354" w14:textId="77777777" w:rsidTr="00D94D40">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="56FFA354" w14:textId="77777777" w:rsidTr="00D94D40">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="343ECAB1" w14:textId="5C6150BB" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="343ECAB1" w14:textId="5C6150BB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Rogers Communications, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67F2BF24" w14:textId="1CE575F6" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="67F2BF24" w14:textId="1CE575F6" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Gerry Thompson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="669BB5EC" w14:textId="3F09243D" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="669BB5EC" w14:textId="3F09243D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>416-935-5239 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E9F0382" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="7E9F0382" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35569E32" w14:textId="4DE72E09" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="35569E32" w14:textId="4DE72E09" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>gerry.thompson@rci.rogers.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="395E6AE6" w14:textId="77777777" w:rsidTr="00D94D40">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="395E6AE6" w14:textId="77777777" w:rsidTr="00D94D40">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6650316F" w14:textId="35A918CF" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6650316F" w14:textId="35A918CF" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Schneider Rucinski Enterprises</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D855527" w14:textId="5BAB824A" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2D855527" w14:textId="5BAB824A" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Noreen Rucinski</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F208D3C" w14:textId="188DBC54" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6F208D3C" w14:textId="188DBC54" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>619-282-7977</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4ED72F5B" w14:textId="107E9F23" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4ED72F5B" w14:textId="107E9F23" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>619-279-2002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="304099F0" w14:textId="2A054DF7" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="304099F0" w14:textId="2A054DF7" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>noreenr@cox.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="5291680B" w14:textId="77777777" w:rsidTr="00D94D40">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="5291680B" w14:textId="77777777" w:rsidTr="00D94D40">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CAEDA24" w14:textId="3D6C9815" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0CAEDA24" w14:textId="3D6C9815" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sinch</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2AF35E56" w14:textId="1EE7A0E5" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2AF35E56" w14:textId="1EE7A0E5" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bryan Bethea</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5576D91D" w14:textId="1FC8EC81" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5576D91D" w14:textId="1FC8EC81" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>312-380-0459</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B741F80" w14:textId="7A25D3B2" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="4B741F80" w14:textId="7A25D3B2" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40E955E7" w14:textId="1DBBBBD9" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="40E955E7" w14:textId="1DBBBBD9" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>bryan.bethea@sinch.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="2812DD8B" w14:textId="77777777" w:rsidTr="00D94D40">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="2812DD8B" w14:textId="77777777" w:rsidTr="00D94D40">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B2BA4A4" w14:textId="269B7B43" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3B2BA4A4" w14:textId="269B7B43" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sinch</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14580325" w14:textId="347B9BC6" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="14580325" w14:textId="347B9BC6" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Rob Brezina</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F7D5492" w14:textId="662C6BD9" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0F7D5492" w14:textId="662C6BD9" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>919-823-2222</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56222C5F" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="56222C5F" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="780D0F5A" w14:textId="10A29395" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="780D0F5A" w14:textId="10A29395" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>rob.brezina@sinch.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="7005CCF9" w14:textId="77777777" w:rsidTr="00D94D40">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="7005CCF9" w14:textId="77777777" w:rsidTr="00D94D40">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01FC7F31" w14:textId="6B67B53F" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="01FC7F31" w14:textId="6B67B53F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sinch</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4EA832EC" w14:textId="3702CE6B" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4EA832EC" w14:textId="3702CE6B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Benjamin Fullerton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25B66373" w14:textId="2F853D71" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="25B66373" w14:textId="2F853D71" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>406-532-3603</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="611209D8" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="611209D8" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C107FDC" w14:textId="10CF8696" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0C107FDC" w14:textId="10CF8696" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>benjamin.fullerton@sinch.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="05E19A3C" w14:textId="77777777" w:rsidTr="00D94D40">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="05E19A3C" w14:textId="77777777" w:rsidTr="00D94D40">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FB56423" w14:textId="116057F6" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1FB56423" w14:textId="116057F6" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sinch</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CCF61EB" w14:textId="051D52C4" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0CCF61EB" w14:textId="051D52C4" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Allyson Blevins</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0AEC27A0" w14:textId="0FA51125" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0AEC27A0" w14:textId="0FA51125" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>312-910-2222</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20B8E1E5" w14:textId="4A8F73B6" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="20B8E1E5" w14:textId="4A8F73B6" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>314-789-0272</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FBECD94" w14:textId="2B0CCC04" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6FBECD94" w14:textId="2B0CCC04" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>allyson.blevins</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>@sinch.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="2D689735" w14:textId="77777777" w:rsidTr="00D94D40">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="2D689735" w14:textId="77777777" w:rsidTr="00D94D40">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="375157D8" w14:textId="601154CC" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="375157D8" w14:textId="601154CC" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Socket</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46A3D4BB" w14:textId="5454E276" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="46A3D4BB" w14:textId="5454E276" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Matt Kohly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1624ECEB" w14:textId="7D228918" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1624ECEB" w14:textId="7D228918" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>573-777-1991, x1551</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21A1A4D3" w14:textId="5D5A74DC" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="21A1A4D3" w14:textId="5D5A74DC" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>573-289-8633</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="513D07FF" w14:textId="686CA0C7" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="513D07FF" w14:textId="686CA0C7" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>rmkohly@sockettelecom.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="3DC3DF60" w14:textId="77777777" w:rsidTr="007A0448">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="3DC3DF60" w14:textId="77777777" w:rsidTr="007A0448">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B54D8E3" w14:textId="5EF1411C" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="5B54D8E3" w14:textId="5EF1411C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SOMOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="611170C0" w14:textId="1EE5AFF9" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="611170C0" w14:textId="1EE5AFF9" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Florence Weber</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="751F725A" w14:textId="4F2BD6ED" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="751F725A" w14:textId="4F2BD6ED" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>925-420-0340</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5272E985" w14:textId="5FE11D6F" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="5272E985" w14:textId="5FE11D6F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D7572DA" w14:textId="74C3F21F" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="1D7572DA" w14:textId="74C3F21F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="009451B1">
+            <w:hyperlink r:id="rId74" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>fweber@somos.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="12C6B36C" w14:textId="77777777" w:rsidTr="007A0448">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="12C6B36C" w14:textId="77777777" w:rsidTr="007A0448">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="795F6CCA" w14:textId="73EA8103" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="795F6CCA" w14:textId="73EA8103" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SOMOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CDD7465" w14:textId="50D0C5EC" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5CDD7465" w14:textId="50D0C5EC" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tara Farquhar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36C74000" w14:textId="346E9E1A" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="36C74000" w14:textId="346E9E1A" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>925-420-0349</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14EF1CC4" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="14EF1CC4" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="342F39BC" w14:textId="21441302" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="342F39BC" w14:textId="21441302" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>tfarquhar@somos.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="264B8EA3" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="264B8EA3" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15C54480" w14:textId="6CA8EC25" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...13 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="15C54480" w14:textId="6CA8EC25" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>SOMOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BE194ED" w14:textId="47DDCAAD" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4BE194ED" w14:textId="47DDCAAD" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kevin Green</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="281B2B4E" w14:textId="1CEF0234" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="281B2B4E" w14:textId="1CEF0234" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>844.445.4733</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="355915B2" w14:textId="18344D46" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="355915B2" w14:textId="18344D46" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>202.689.5663</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35A216A5" w14:textId="77519C2C" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="35A216A5" w14:textId="77519C2C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>kgreen@somos.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="63B19D15" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="63B19D15" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="388A0AC7" w14:textId="29AEDD77" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="388A0AC7" w14:textId="29AEDD77" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Southern LINC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22CC400C" w14:textId="3972BE69" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="22CC400C" w14:textId="3972BE69" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Holly Henderson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10C1D857" w14:textId="44FED081" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="10C1D857" w14:textId="44FED081" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>678-443-1670</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77953C1F" w14:textId="396A7B43" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="77953C1F" w14:textId="396A7B43" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>678-443-1552</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33306C25" w14:textId="4F52959F" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="33306C25" w14:textId="4F52959F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>hhenders@southernco.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="7F1BB770" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="7F1BB770" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="124A757C" w14:textId="571BD7AA" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="124A757C" w14:textId="571BD7AA" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>State of Iowa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D89D117" w14:textId="04B0ACFB" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="4D89D117" w14:textId="04B0ACFB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Connie Stufflebeem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B273E4A" w14:textId="66A6F990" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3B273E4A" w14:textId="66A6F990" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>515-630-8781</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B8D7C0A" w14:textId="3D326EA9" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6B8D7C0A" w14:textId="3D326EA9" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>515-229-4252</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DDC7FB3" w14:textId="7E36B208" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2DDC7FB3" w14:textId="7E36B208" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>dcstuff@q.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="6970432A" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="6970432A" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07FA31C8" w14:textId="533E4BE2" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="07FA31C8" w14:textId="533E4BE2" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SunCom</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Wireless</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24547CBB" w14:textId="3A6458A9" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="24547CBB" w14:textId="3A6458A9" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Donna Geriner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5841D8D1" w14:textId="37DC268C" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5841D8D1" w14:textId="37DC268C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>843-216-4195</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71279D51" w14:textId="3A081C3E" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="71279D51" w14:textId="3A081C3E" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>803-261-9900</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17CB3300" w14:textId="2C3A34F3" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="17CB3300" w14:textId="2C3A34F3" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>dgeriner@suncom.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="436787C3" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="436787C3" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A18CFD3" w14:textId="4981FFF1" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="2A18CFD3" w14:textId="4981FFF1" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Synchronoss Technologies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14E998D6" w14:textId="328798A1" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="14E998D6" w14:textId="328798A1" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tiffany Meiter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="609912A5" w14:textId="238C3B1D" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="609912A5" w14:textId="238C3B1D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>724-822-6996</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B6D3A07" w14:textId="55C48A5F" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="6B6D3A07" w14:textId="55C48A5F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58580292" w14:textId="608A24D0" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="58580292" w14:textId="608A24D0" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>tiffany.meiter@synchronoss.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="321022BA" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="321022BA" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4988AAFB" w14:textId="2BED2789" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4988AAFB" w14:textId="2BED2789" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Syniverse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B143F2B" w14:textId="12BAFB9C" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1B143F2B" w14:textId="12BAFB9C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Bob Bruce</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72C8223E" w14:textId="5AA233AD" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="72C8223E" w14:textId="5AA233AD" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>813-431-5425</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02D6ABA0" w14:textId="1BA56AE9" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="02D6ABA0" w14:textId="1BA56AE9" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>813-431-5425</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0082B96C" w14:textId="7A8ECD6B" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0082B96C" w14:textId="7A8ECD6B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>bob.bruce@syniverse.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="25B78619" w14:textId="77777777" w:rsidTr="007A0448">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="25B78619" w14:textId="77777777" w:rsidTr="007A0448">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="018746B2" w14:textId="5B92A571" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="018746B2" w14:textId="5B92A571" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:ind w:firstLine="34"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Syniverse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DAFCE67" w14:textId="28B02E74" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3DAFCE67" w14:textId="28B02E74" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Mike Carnes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C8E1C4D" w14:textId="4784E401" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1C8E1C4D" w14:textId="4784E401" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>636-485-0717</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12E07943" w14:textId="3B1150BB" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="12E07943" w14:textId="3B1150BB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>636-485-0717</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4898B729" w14:textId="5F69D745" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4898B729" w14:textId="5F69D745" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Mike.Carnes@syniverse.com </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="522172E5" w14:textId="77777777" w:rsidTr="007A0448">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="522172E5" w14:textId="77777777" w:rsidTr="007A0448">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38442524" w14:textId="5B2EEDD7" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="38442524" w14:textId="5B2EEDD7" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:ind w:firstLine="34"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Syniverse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2951B77D" w14:textId="3B601228" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2951B77D" w14:textId="3B601228" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Julia Korunets</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF8EEFB" w14:textId="33B94AD8" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3EF8EEFB" w14:textId="33B94AD8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>813-393-6901</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF4F257" w14:textId="4DB128DB" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6EF4F257" w14:textId="4DB128DB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>813-393-6901</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4601E7AB" w14:textId="64D2606E" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4601E7AB" w14:textId="64D2606E" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Julia.Korunets@syniverse.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="76137289" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="76137289" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4203A884" w14:textId="6EC00E9E" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4203A884" w14:textId="6EC00E9E" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>TCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2164B808" w14:textId="18A7CF51" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2164B808" w14:textId="18A7CF51" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Margie Mersman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FF4C9D9" w14:textId="5739AA4D" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2FF4C9D9" w14:textId="5739AA4D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>719-266-4334</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CF0537C" w14:textId="5A472091" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="5CF0537C" w14:textId="5A472091" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0ABFAB18" w14:textId="5D8AD8D7" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0ABFAB18" w14:textId="5D8AD8D7" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>mmersman@tcatel.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="7F234137" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="7F234137" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17D3302B" w14:textId="46A8D98D" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="17D3302B" w14:textId="46A8D98D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>TDS Telecommunications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BEBB159" w14:textId="0C2E7EF4" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="1BEBB159" w14:textId="0C2E7EF4" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Paul Nejedlo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BFF6100" w14:textId="3100794C" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3BFF6100" w14:textId="3100794C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>608-664-4659</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F390348" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="4F390348" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="593FC988" w14:textId="23415363" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="593FC988" w14:textId="23415363" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>paul.nejedlo@tdstelecom.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="6C3BD8A5" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="6C3BD8A5" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7284E1FD" w14:textId="612523CA" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="7284E1FD" w14:textId="612523CA" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>TelComm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Systems       </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EDEA756" w14:textId="2FC34A16" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6EDEA756" w14:textId="2FC34A16" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>David Cochran</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EC674F7" w14:textId="365A6C43" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6EC674F7" w14:textId="365A6C43" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>770-461-7051</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E822922" w14:textId="45F822E0" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4E822922" w14:textId="45F822E0" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>678-817-9080</w:t>
             </w:r>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7270CB80" w14:textId="5FA0AB0E" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7270CB80" w14:textId="5FA0AB0E" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>dcochran1@bellsouth.net</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="41902D12" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="41902D12" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="616797BD" w14:textId="70375F89" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="616797BD" w14:textId="70375F89" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>TeleSmart</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E352ACA" w14:textId="4A049273" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="5E352ACA" w14:textId="4A049273" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Brian Lynott</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38B76E43" w14:textId="55D8F5DB" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="38B76E43" w14:textId="55D8F5DB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>971-634-1859</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="700DC2E0" w14:textId="23BE5AAA" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="700DC2E0" w14:textId="23BE5AAA" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>503-539-3303</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AF9F09A" w14:textId="65712576" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5AF9F09A" w14:textId="65712576" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>blynott@telesmart.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="19F17236" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="19F17236" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C0CB663" w14:textId="4A117E56" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3C0CB663" w14:textId="4A117E56" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Telnyx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EBDC1E4" w14:textId="576DA2FE" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4EBDC1E4" w14:textId="576DA2FE" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Paul Cross</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60C41E12" w14:textId="2412CADC" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...12 lines deleted...]
-          <w:p w14:paraId="5EC27500" w14:textId="7FFD1290" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="60C41E12" w14:textId="2412CADC" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EC27500" w14:textId="7FFD1290" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="650F6062" w14:textId="5C7CEA7D" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="650F6062" w14:textId="5C7CEA7D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>paulc@telnyx.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="3FDB78C3" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="3FDB78C3" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="138"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01D8C2DA" w14:textId="15B0BF53" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="01D8C2DA" w14:textId="15B0BF53" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Telnyx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73B7E27C" w14:textId="37A2D93C" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="73B7E27C" w14:textId="37A2D93C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sarah Halko</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70789F37" w14:textId="7D749F5F" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="70789F37" w14:textId="7D749F5F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>312 270 8124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E80EE99" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="5E80EE99" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="134E59E6" w14:textId="37D23948" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="134E59E6" w14:textId="37D23948" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>sarah@telnyx.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="6FDAA3EF" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="6FDAA3EF" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="138"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61B4B11F" w14:textId="04FF363A" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="61B4B11F" w14:textId="04FF363A" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Telus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BFBDBC2" w14:textId="3DBFA066" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6BFBDBC2" w14:textId="3DBFA066" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Noelle McKinley</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="382A9817" w14:textId="72FFFFC7" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="382A9817" w14:textId="72FFFFC7" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>403-530-5165</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55197283" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="55197283" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C4AE25B" w14:textId="6010DB66" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4C4AE25B" w14:textId="6010DB66" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>noelle.mckinley@telus.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="19F49A8D" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="19F49A8D" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="138"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35B628CE" w14:textId="68D0E828" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="35B628CE" w14:textId="68D0E828" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>T-Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28483A88" w14:textId="621FE253" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="28483A88" w14:textId="621FE253" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>CJ Bowman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75FA491F" w14:textId="7C3A6C3B" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="75FA491F" w14:textId="7C3A6C3B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DD422AD" w14:textId="68570AB8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>321-591-7977</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E42F66D" w14:textId="1E9415DE" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6E42F66D" w14:textId="1E9415DE" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>cathy.bowman@t-mobile.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="5766BBD0" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="5766BBD0" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43086F69" w14:textId="51738E9A" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="43086F69" w14:textId="51738E9A" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>T-Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35A6EA7C" w14:textId="03EAB131" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="35A6EA7C" w14:textId="03EAB131" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jennifer Moeder</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F7E5AA1" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...19 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5F7E5AA1" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D67CC8D" w14:textId="53A859CE" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>913-7351506</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="621EEC93" w14:textId="5B070BCE" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="621EEC93" w14:textId="5B070BCE" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>jennifer.moeder@t-mobile.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="60860D72" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="60860D72" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BFB6C6B" w14:textId="5BE78C83" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5BFB6C6B" w14:textId="5BE78C83" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>T-Mobile</w:t>
             </w:r>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="577B260D" w14:textId="5AD0008A" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="577B260D" w14:textId="5AD0008A" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jesus (Jesse) Ochoa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A6FB11E" w14:textId="78B1A258" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2A6FB11E" w14:textId="78B1A258" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>425-302-3818</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19EA910F" w14:textId="1B33BE0B" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="19EA910F" w14:textId="1B33BE0B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>425-444-1732</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56CBB906" w14:textId="644E75A6" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="56CBB906" w14:textId="644E75A6" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>jesse.ochoa@t-mobile.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="3E8BE61B" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="3E8BE61B" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="179"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6AE512D7" w14:textId="0DCA84AC" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="6AE512D7" w14:textId="0DCA84AC" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1678"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>T-Mobile</w:t>
             </w:r>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7110C035" w14:textId="02E1D92C" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="7110C035" w14:textId="02E1D92C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Karen Riepenkroger</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AAAA612" w14:textId="33B198BA" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="2AAAA612" w14:textId="33B198BA" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>913-315-8546</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FB1BAE8" w14:textId="3F3CE4F9" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="6FB1BAE8" w14:textId="3F3CE4F9" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="105C433B" w14:textId="2396F378" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="105C433B" w14:textId="2396F378" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>karen.s.riepenkroger@t-mobile.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="57142FF4" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="57142FF4" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="287"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70B01BB1" w14:textId="338AFD2B" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="70B01BB1" w14:textId="338AFD2B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>T-Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F233882" w14:textId="250731BB" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2F233882" w14:textId="250731BB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Luke Sessions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="753B9995" w14:textId="7A9F7D38" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="753B9995" w14:textId="7A9F7D38" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>425-302-8594</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A7FD87A" w14:textId="5393CD65" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0A7FD87A" w14:textId="5393CD65" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>360-223-0836</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65A070CC" w14:textId="4E8B57E2" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="65A070CC" w14:textId="4E8B57E2" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>luke.sessions@t-mobile.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="6112AFC0" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="6112AFC0" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29FE567A" w14:textId="613D1375" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="29FE567A" w14:textId="613D1375" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>T-Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D48457D" w14:textId="183C9D85" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1D48457D" w14:textId="183C9D85" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Niraj Prakash</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="789E849A" w14:textId="376F0ACD" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="789E849A" w14:textId="376F0ACD" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>703-592-8427</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="745210FC" w14:textId="64F397B8" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="745210FC" w14:textId="64F397B8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>703-926-5073</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B629C4B" w14:textId="3FB1272C" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0B629C4B" w14:textId="3FB1272C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Niraj.prakash@t-mobile.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="05E1B20E" w14:textId="77777777" w:rsidTr="007A0448">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="05E1B20E" w14:textId="77777777" w:rsidTr="007A0448">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="400A3F5B" w14:textId="38442391" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="400A3F5B" w14:textId="38442391" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>T-Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="642D66B7" w14:textId="3104985E" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="642D66B7" w14:textId="3104985E" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Rosemary Leist</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CCA6075" w14:textId="18561F4C" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="3CCA6075" w14:textId="18561F4C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3AE34A83" w14:textId="5BDAC033" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3AE34A83" w14:textId="5BDAC033" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>301-399-4332</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CAE4D8B" w14:textId="5E002872" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3CAE4D8B" w14:textId="5E002872" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Rosemary.leist1@t-mobile.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="56D80977" w14:textId="77777777" w:rsidTr="007A0448">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="56D80977" w14:textId="77777777" w:rsidTr="007A0448">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D0A93C3" w14:textId="29C74DE8" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2D0A93C3" w14:textId="29C74DE8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>T-Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09D37D47" w14:textId="71209231" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="09D37D47" w14:textId="71209231" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>William Lathlean</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1179D3AE" w14:textId="09954370" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1179D3AE" w14:textId="09954370" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>425-383-2404</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09BA673F" w14:textId="3E48C6E0" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="09BA673F" w14:textId="3E48C6E0" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F1795BB" w14:textId="3A2284C8" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4F1795BB" w14:textId="3A2284C8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>william.lathlean@t-mobile.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="4C8E7A6D" w14:textId="77777777" w:rsidTr="007A0448">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="4C8E7A6D" w14:textId="77777777" w:rsidTr="007A0448">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D85F6CD" w14:textId="71F4A178" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="3D85F6CD" w14:textId="71F4A178" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>TNS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5759E1C6" w14:textId="4008AE2B" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="5759E1C6" w14:textId="4008AE2B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Glenn Andrews</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E3757D3" w14:textId="4CA69EC6" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="2E3757D3" w14:textId="4CA69EC6" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>360-493-6272</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C310CE6" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="1C310CE6" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20C8A5D4" w14:textId="603F6ECB" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="20C8A5D4" w14:textId="603F6ECB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
-              <w:r w:rsidRPr="009451B1">
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>gandrews@tnsi.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="69859488" w14:textId="77777777" w:rsidTr="007575ED">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="69859488" w14:textId="77777777" w:rsidTr="007575ED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05C841F6" w14:textId="5F674C4A" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="05C841F6" w14:textId="5F674C4A" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>TNS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E973782" w14:textId="635A7CB8" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6E973782" w14:textId="635A7CB8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Mahmoud Khafagy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A395875" w14:textId="4C47A551" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3A395875" w14:textId="4C47A551" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>703-453-8597</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45035F70" w14:textId="739DE306" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="45035F70" w14:textId="739DE306" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>571-758-8788</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D712AD9" w14:textId="3136C8AB" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2D712AD9" w14:textId="3136C8AB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>mkhafagy@tnsi.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="0F1083A6" w14:textId="77777777" w:rsidTr="007A0448">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="0F1083A6" w14:textId="77777777" w:rsidTr="007A0448">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63C96557" w14:textId="7762FEDC" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="63C96557" w14:textId="7762FEDC" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Turningpoint</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4041AD65" w14:textId="2301F5B8" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="4041AD65" w14:textId="2301F5B8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sherry Zheng</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32A5E006" w14:textId="1D3C6285" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="32A5E006" w14:textId="1D3C6285" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="209001FA" w14:textId="78D63C90" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...25 lines deleted...]
-              <w:t>236-9099</w:t>
+          <w:p w14:paraId="209001FA" w14:textId="78D63C90" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>571-236-9099</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FA88559" w14:textId="688DE9A9" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="00380769">
+          <w:p w14:paraId="4FA88559" w14:textId="688DE9A9" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>sherry.zheng@tpgsi.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="613E14FC" w14:textId="77777777" w:rsidTr="007575ED">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="613E14FC" w14:textId="77777777" w:rsidTr="007575ED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58E3D6CD" w14:textId="5AF58136" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="58E3D6CD" w14:textId="5AF58136" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>TW telecom inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37B461C5" w14:textId="78FD7EF9" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="37B461C5" w14:textId="78FD7EF9" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Shelly Pedersen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E17A09B" w14:textId="2FFD0B32" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="1E17A09B" w14:textId="2FFD0B32" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>303-566-1713</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0B790C37" w14:textId="19A35701" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="0B790C37" w14:textId="19A35701" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DD64C68" w14:textId="7D0E99A8" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3DD64C68" w14:textId="7D0E99A8" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:tooltip="mailto:shelly.pedersen@twtelecom.com" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>shelly.pedersen@twtelecom.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="34AEC06D" w14:textId="77777777" w:rsidTr="007575ED">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="34AEC06D" w14:textId="77777777" w:rsidTr="007575ED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A847826" w14:textId="3F4FBD84" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7A847826" w14:textId="3F4FBD84" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>US Cellular</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47023ACC" w14:textId="62FC5757" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="47023ACC" w14:textId="62FC5757" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>David Lund</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B967AA7" w14:textId="3D8933ED" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3B967AA7" w14:textId="3D8933ED" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>773-864-3818</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16EC2AA4" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="16EC2AA4" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D2CA479" w14:textId="4F1C3D73" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7D2CA479" w14:textId="4F1C3D73" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>david.lund@uscellular.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="675F503B" w14:textId="77777777" w:rsidTr="007575ED">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="675F503B" w14:textId="77777777" w:rsidTr="007575ED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68C38315" w14:textId="65BB4130" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="68C38315" w14:textId="65BB4130" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>US Cellular</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F88BE2E" w14:textId="0D6B4AC6" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2F88BE2E" w14:textId="0D6B4AC6" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tanya Golub</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BF4C6B9" w14:textId="68203CC2" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="2BF4C6B9" w14:textId="68203CC2" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68788324" w14:textId="37C7CC79" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="68788324" w14:textId="37C7CC79" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>847-529-6549</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="724BF768" w14:textId="0E245610" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="724BF768" w14:textId="0E245610" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>tanya.golub@uscellular.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="25379501" w14:textId="77777777" w:rsidTr="007575ED">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="25379501" w14:textId="77777777" w:rsidTr="007575ED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67BBEBB2" w14:textId="472CAE16" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="67BBEBB2" w14:textId="472CAE16" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vantage Point</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F4DF863" w14:textId="06F8C1B5" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2F4DF863" w14:textId="06F8C1B5" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jamie Sharp</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D3EB6F2" w14:textId="102BFF5E" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5D3EB6F2" w14:textId="102BFF5E" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>605-995-1809</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49FD389B" w14:textId="02F07EFC" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="49FD389B" w14:textId="02F07EFC" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12717238" w14:textId="598F4DB6" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="12717238" w14:textId="598F4DB6" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Jamie.Sharpe@Vantagepnt.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="233A8DF3" w14:textId="77777777" w:rsidTr="007575ED">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="233A8DF3" w14:textId="77777777" w:rsidTr="007575ED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="455968C4" w14:textId="01B1F307" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="455968C4" w14:textId="01B1F307" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:pStyle w:val="Heading5"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Verizon Business</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1215089D" w14:textId="7C0FB7F6" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="1215089D" w14:textId="7C0FB7F6" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jason H. Lee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BF8279B" w14:textId="6D82B62A" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="4BF8279B" w14:textId="6D82B62A" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>678-462-5816</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A144479" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="0A144479" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46937D4B" w14:textId="1216F594" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="46937D4B" w14:textId="1216F594" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jason.lee1@verizon.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="63735FEB" w14:textId="77777777" w:rsidTr="007575ED">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="63735FEB" w14:textId="77777777" w:rsidTr="007575ED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66B007D4" w14:textId="19E36A19" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="66B007D4" w14:textId="19E36A19" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Verizon Communications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A293BD7" w14:textId="31E5EBF5" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0A293BD7" w14:textId="31E5EBF5" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sandra Blackett</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6AE96931" w14:textId="14B90F81" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6AE96931" w14:textId="14B90F81" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>857-301-0388</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17755E96" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="17755E96" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CBA559F" w14:textId="4C583545" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0CBA559F" w14:textId="4C583545" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>sandra.j.blackett@verizon.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="75F84AF5" w14:textId="77777777" w:rsidTr="007575ED">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="75F84AF5" w14:textId="77777777" w:rsidTr="007575ED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71C50F27" w14:textId="7FCDFB10" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="71C50F27" w14:textId="024A0B11" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Verizon Communications</w:t>
+              <w:t>Verizon Communications/FDV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2FE34933" w14:textId="6596B172" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2FE34933" w14:textId="6596B172" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>David Kraft</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D7BF116" w14:textId="7A0C742B" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3D7BF116" w14:textId="7A0C742B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>215-498-4858</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56DC9E60" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="56DC9E60" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68B4AA5B" w14:textId="65E36C05" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="68B4AA5B" w14:textId="65E36C05" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>david.a.kraft@verizon.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="7993E4DF" w14:textId="77777777" w:rsidTr="007575ED">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="7993E4DF" w14:textId="77777777" w:rsidTr="007575ED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D15EA46" w14:textId="7173D908" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="7D15EA46" w14:textId="6D9732F6" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Verizon FDV</w:t>
+              <w:t>Verizon Communications/FDV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CC98002" w14:textId="0C355483" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...11 lines deleted...]
-              <w:t>John Dunne</w:t>
+          <w:p w14:paraId="4CC98002" w14:textId="5C8AF284" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sean Finneran </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69409AE0" w14:textId="6460468F" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="69409AE0" w14:textId="59869921" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>857-383-7094</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E826E85" w14:textId="6AE383AF" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CD6DAC8" w14:textId="1BAD6567" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>732-683-5126</w:t>
+                <w:t>sean.finneran@verizon.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
-        <w:tc>
-[...45 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="01EF647D" w14:textId="77777777" w:rsidTr="007575ED">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="01EF647D" w14:textId="77777777" w:rsidTr="007575ED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2769503C" w14:textId="66058A0E" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="2769503C" w14:textId="66058A0E" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
-[...5 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>Verizon Wholesale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E37D6EE" w14:textId="52FE6924" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0E37D6EE" w14:textId="52FE6924" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jermaine Wells</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F3D26BB" w14:textId="7DBF5835" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="0F3D26BB" w14:textId="7DBF5835" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>404-205-2051</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3803853D" w14:textId="30A7E5B6" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3803853D" w14:textId="30A7E5B6" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>404-205-2051</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A1B3C90" w14:textId="6E936C12" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7A1B3C90" w14:textId="6E936C12" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jermaine.wells@verizonwirless.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="1A976FFD" w14:textId="77777777" w:rsidTr="007575ED">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="1A976FFD" w14:textId="77777777" w:rsidTr="007575ED">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E9FE1EB" w14:textId="015A3A0D" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="5E9FE1EB" w14:textId="015A3A0D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Verizon Wireless</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36AAE18B" w14:textId="0C5009C0" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="36AAE18B" w14:textId="0C5009C0" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Annette Montelongo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="549B5DEC" w14:textId="1A957D5D" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="549B5DEC" w14:textId="1A957D5D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>770-797-1084</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="676F0B10" w14:textId="6AB79451" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="676F0B10" w14:textId="6AB79451" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>678-591-7390</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A0846F8" w14:textId="691A089D" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="2A0846F8" w14:textId="691A089D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>annette.montelongo@verizonwireless.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="584CC175" w14:textId="77777777" w:rsidTr="007A0448">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="584CC175" w14:textId="77777777" w:rsidTr="007A0448">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F04B35E" w14:textId="1376459E" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7F04B35E" w14:textId="1376459E" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Verizon Wireless</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="726207FE" w14:textId="742FD07D" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="726207FE" w14:textId="742FD07D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Deborah Tucker</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35D99C60" w14:textId="603FE686" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="35D99C60" w14:textId="603FE686" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>615-372-2256</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7850E783" w14:textId="34C91071" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7850E783" w14:textId="34C91071" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>615-478-3548</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="52CE8839" w14:textId="33FC4D63" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="52CE8839" w14:textId="33FC4D63" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>deborah.tucker@verizonwireless.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="2EF867C4" w14:textId="77777777" w:rsidTr="007A0448">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="2EF867C4" w14:textId="77777777" w:rsidTr="007A0448">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CACC3E5" w14:textId="199B9335" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="6CACC3E5" w14:textId="199B9335" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Wide Voice, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AE40A59" w14:textId="290C2FCF" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="3AE40A59" w14:textId="290C2FCF" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Erla Erlingsdottir</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="596DD05F" w14:textId="45FD9695" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="596DD05F" w14:textId="45FD9695" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>702-913-1084</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64DFB6C2" w14:textId="2C86BE2D" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="64DFB6C2" w14:textId="2C86BE2D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CA13197" w14:textId="0B662E07" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5CA13197" w14:textId="0B662E07" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>erlae@widevoice.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="1E299252" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="000C6C67" w:rsidRPr="009451B1" w14:paraId="67C8A759" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="162288D6" w14:textId="2F23EAD5" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="527FF339" w14:textId="5B80D5F3" w:rsidR="000C6C67" w:rsidRPr="0004014D" w:rsidRDefault="000C6C67" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wide Voice, LLC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A2A03C" w14:textId="22C7098B" w:rsidR="000C6C67" w:rsidRPr="0004014D" w:rsidRDefault="000C6C67" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Maria Solis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26E9DF10" w14:textId="248F59F8" w:rsidR="000C6C67" w:rsidRPr="0004014D" w:rsidRDefault="000C6C67" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>562-412-0215</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="751F244D" w14:textId="77777777" w:rsidR="000C6C67" w:rsidRPr="0004014D" w:rsidRDefault="000C6C67" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4131" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46C0A6B7" w14:textId="5E39CC0D" w:rsidR="000C6C67" w:rsidRPr="0004014D" w:rsidRDefault="000C6C67" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>msolis@carrierx.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="1E299252" w14:textId="77777777" w:rsidTr="00FA4260">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="9" w:type="dxa"/>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="162288D6" w14:textId="2F23EAD5" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Windstream</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45E845CB" w14:textId="3D3DB8FF" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="45E845CB" w14:textId="3D3DB8FF" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Scott Terry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7ACA6498" w14:textId="013C4C45" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="7ACA6498" w14:textId="013C4C45" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>501-748-5397</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="418211FB" w14:textId="0146A44C" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="418211FB" w14:textId="0146A44C" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>501-607-0386</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35F8A047" w14:textId="0BB691CB" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-              <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="35F8A047" w14:textId="0BB691CB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r w:rsidRPr="0004014D">
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>scott.a.terry@windstream.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="1B503CA9" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="1B503CA9" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25D0E8C1" w14:textId="0BD0FC08" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="25D0E8C1" w14:textId="0BD0FC08" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Zoom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A7DEAE2" w14:textId="15C11C04" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="5A7DEAE2" w14:textId="15C11C04" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Troy Hess</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BA8D7D7" w14:textId="7463FF70" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="2BA8D7D7" w14:textId="7463FF70" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>720-739-2254</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="076D10A0" w14:textId="3B4B643F" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="076D10A0" w14:textId="3B4B643F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B33BFC1" w14:textId="15C445EA" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009451B1">
+          <w:p w14:paraId="4B33BFC1" w14:textId="15C445EA" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>troy.hess@zoom.us</w:t>
             </w:r>
-            <w:r w:rsidRPr="009451B1">
+            <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="7F445C11" w14:textId="77777777" w:rsidTr="007A0448">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="7F445C11" w14:textId="77777777" w:rsidTr="007A0448">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1263A1B3" w14:textId="25BAEC44" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="1263A1B3" w14:textId="25BAEC44" w:rsidR="00657460" w:rsidRPr="009451B1" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="133F0DB2" w14:textId="0F06A068" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="133F0DB2" w14:textId="0F06A068" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74FD2BF2" w14:textId="0C447600" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="74FD2BF2" w14:textId="0C447600" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2F8BCB4A" w14:textId="6002D445" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="2F8BCB4A" w14:textId="6002D445" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2102B0C6" w14:textId="396F84AA" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="2102B0C6" w14:textId="396F84AA" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="0BED8778" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="0BED8778" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67967FF6" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="67967FF6" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="009451B1" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:ind w:firstLine="317"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13B7F5B5" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="13B7F5B5" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1359E577" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="1359E577" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AC4CF5B" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="7AC4CF5B" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B53E10C" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="6B53E10C" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="726EA631" w14:textId="77777777" w:rsidTr="007A0448">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="726EA631" w14:textId="77777777" w:rsidTr="007A0448">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="163A7FD8" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="163A7FD8" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="009451B1" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:ind w:firstLine="317"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D474700" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="5D474700" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="127BBA6C" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="127BBA6C" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2FAB7888" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="2FAB7888" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="603BD531" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="603BD531" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A2965" w:rsidRPr="009451B1" w14:paraId="15AD5E92" w14:textId="77777777" w:rsidTr="00FA4260">
+      <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="15AD5E92" w14:textId="77777777" w:rsidTr="00FA4260">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18F8C68C" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="18F8C68C" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="009451B1" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:ind w:firstLine="317"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AE59BE3" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="1AE59BE3" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="759A21B0" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="759A21B0" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="350B4F0E" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="350B4F0E" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4131" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DE49824" w14:textId="77777777" w:rsidR="002A2965" w:rsidRPr="009451B1" w:rsidRDefault="002A2965" w:rsidP="00075D92">
+          <w:p w14:paraId="0DE49824" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1AA17AB9" w14:textId="77777777" w:rsidR="004F49D7" w:rsidRPr="009451B1" w:rsidRDefault="004F49D7" w:rsidP="002D1F60">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2940"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004F49D7" w:rsidRPr="009451B1" w:rsidSect="006E2150">
-      <w:headerReference w:type="default" r:id="rId92"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId94"/>
+      <w:headerReference w:type="default" r:id="rId89"/>
+      <w:footerReference w:type="even" r:id="rId90"/>
+      <w:footerReference w:type="default" r:id="rId91"/>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="15842" w:h="12242" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="850" w:right="850" w:bottom="850" w:left="835" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="601F80FC" w14:textId="77777777" w:rsidR="00822579" w:rsidRDefault="00822579">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3C529641" w14:textId="77777777" w:rsidR="00822579" w:rsidRDefault="00822579">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -19828,101 +19915,91 @@
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1D0784E6" w14:textId="58D21805" w:rsidR="001A0919" w:rsidRDefault="001A0919" w:rsidP="001A0919">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="002060"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001A0919">
       <w:rPr>
         <w:color w:val="002060"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>NPIF Contact List</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0EF04EE3" w14:textId="454FB6EA" w:rsidR="00D94601" w:rsidRPr="00D94601" w:rsidRDefault="00EA6F12" w:rsidP="001A0919">
+  <w:p w14:paraId="0EF04EE3" w14:textId="3E7C6987" w:rsidR="00D94601" w:rsidRPr="00D94601" w:rsidRDefault="00BD7216" w:rsidP="001A0919">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:color w:val="002060"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:color w:val="002060"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>11</w:t>
     </w:r>
     <w:r w:rsidR="007A2792">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:color w:val="002060"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="00EA35EC">
-[...8 lines deleted...]
-    </w:r>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:color w:val="002060"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>05</w:t>
     </w:r>
     <w:r w:rsidR="00D94601" w:rsidRPr="00D94601">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:color w:val="002060"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
     <w:r w:rsidR="006E3883">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:color w:val="002060"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
@@ -20003,185 +20080,189 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1583830292">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="257521891">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="108625128">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="941377213">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="81921"/>
+    <o:shapedefaults v:ext="edit" spidmax="90113"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B165E3"/>
     <w:rsid w:val="000005DB"/>
     <w:rsid w:val="0000141B"/>
     <w:rsid w:val="00006939"/>
     <w:rsid w:val="00010C4B"/>
     <w:rsid w:val="0001110B"/>
     <w:rsid w:val="00011B8E"/>
     <w:rsid w:val="00012434"/>
     <w:rsid w:val="00012858"/>
     <w:rsid w:val="00012D40"/>
     <w:rsid w:val="00012D7F"/>
     <w:rsid w:val="00013C54"/>
     <w:rsid w:val="00014884"/>
     <w:rsid w:val="00014B3E"/>
     <w:rsid w:val="0001511D"/>
     <w:rsid w:val="00015338"/>
     <w:rsid w:val="00020BBE"/>
     <w:rsid w:val="0002228B"/>
     <w:rsid w:val="00026508"/>
     <w:rsid w:val="00027DC0"/>
     <w:rsid w:val="0003114F"/>
+    <w:rsid w:val="0004014D"/>
     <w:rsid w:val="000401AA"/>
     <w:rsid w:val="000425A7"/>
     <w:rsid w:val="000449CA"/>
     <w:rsid w:val="000500AD"/>
     <w:rsid w:val="00051EA0"/>
     <w:rsid w:val="0005265E"/>
     <w:rsid w:val="000549BD"/>
     <w:rsid w:val="00054A25"/>
     <w:rsid w:val="0005707E"/>
     <w:rsid w:val="000573AC"/>
     <w:rsid w:val="000577AE"/>
     <w:rsid w:val="00057A97"/>
     <w:rsid w:val="0006047C"/>
     <w:rsid w:val="000616EA"/>
     <w:rsid w:val="00064BFF"/>
     <w:rsid w:val="000650EB"/>
     <w:rsid w:val="00066190"/>
     <w:rsid w:val="00070473"/>
     <w:rsid w:val="00071270"/>
     <w:rsid w:val="00072461"/>
     <w:rsid w:val="00075D92"/>
     <w:rsid w:val="00077308"/>
     <w:rsid w:val="0008103D"/>
     <w:rsid w:val="00081AD3"/>
     <w:rsid w:val="0008314F"/>
     <w:rsid w:val="00083327"/>
     <w:rsid w:val="00084767"/>
     <w:rsid w:val="00087137"/>
     <w:rsid w:val="000907B1"/>
     <w:rsid w:val="00093C0B"/>
     <w:rsid w:val="000944E8"/>
     <w:rsid w:val="000977FE"/>
     <w:rsid w:val="000A14E1"/>
     <w:rsid w:val="000B0F94"/>
     <w:rsid w:val="000B2909"/>
     <w:rsid w:val="000B5D26"/>
     <w:rsid w:val="000B6D01"/>
+    <w:rsid w:val="000C6C67"/>
     <w:rsid w:val="000D1527"/>
     <w:rsid w:val="000D496F"/>
     <w:rsid w:val="000D58B2"/>
     <w:rsid w:val="000E363F"/>
     <w:rsid w:val="000E3B00"/>
     <w:rsid w:val="000E4737"/>
     <w:rsid w:val="000F1208"/>
     <w:rsid w:val="000F166E"/>
     <w:rsid w:val="000F17E0"/>
     <w:rsid w:val="000F1989"/>
     <w:rsid w:val="000F3670"/>
     <w:rsid w:val="000F39F0"/>
     <w:rsid w:val="001006EB"/>
     <w:rsid w:val="001007C8"/>
     <w:rsid w:val="001014AE"/>
     <w:rsid w:val="00101ADD"/>
     <w:rsid w:val="00102481"/>
     <w:rsid w:val="001035A3"/>
     <w:rsid w:val="00103A8D"/>
     <w:rsid w:val="001058E3"/>
     <w:rsid w:val="00107169"/>
     <w:rsid w:val="001077D6"/>
     <w:rsid w:val="001143FF"/>
     <w:rsid w:val="00117B33"/>
     <w:rsid w:val="0012420F"/>
     <w:rsid w:val="00125093"/>
     <w:rsid w:val="001271E8"/>
     <w:rsid w:val="00131A68"/>
     <w:rsid w:val="00132E4B"/>
     <w:rsid w:val="0013334F"/>
     <w:rsid w:val="001359BB"/>
     <w:rsid w:val="00143784"/>
     <w:rsid w:val="001527CB"/>
     <w:rsid w:val="00152AB0"/>
     <w:rsid w:val="00153BF0"/>
     <w:rsid w:val="00153CE8"/>
     <w:rsid w:val="00155273"/>
     <w:rsid w:val="001553A5"/>
     <w:rsid w:val="00155784"/>
     <w:rsid w:val="00160261"/>
     <w:rsid w:val="00161996"/>
     <w:rsid w:val="00162302"/>
     <w:rsid w:val="00163FC3"/>
     <w:rsid w:val="00165815"/>
     <w:rsid w:val="0016606D"/>
     <w:rsid w:val="00170E48"/>
     <w:rsid w:val="0017139F"/>
     <w:rsid w:val="00181A27"/>
     <w:rsid w:val="00182033"/>
     <w:rsid w:val="00182729"/>
+    <w:rsid w:val="0018555C"/>
     <w:rsid w:val="001855A2"/>
     <w:rsid w:val="0018667B"/>
     <w:rsid w:val="00192047"/>
     <w:rsid w:val="00192323"/>
     <w:rsid w:val="0019276E"/>
     <w:rsid w:val="00194E69"/>
     <w:rsid w:val="00197821"/>
     <w:rsid w:val="001A0919"/>
     <w:rsid w:val="001A0D1A"/>
     <w:rsid w:val="001A2003"/>
     <w:rsid w:val="001A2134"/>
     <w:rsid w:val="001A32EC"/>
     <w:rsid w:val="001A5650"/>
     <w:rsid w:val="001B39B8"/>
     <w:rsid w:val="001B4070"/>
     <w:rsid w:val="001B5256"/>
     <w:rsid w:val="001B6B42"/>
     <w:rsid w:val="001C4673"/>
     <w:rsid w:val="001C69A9"/>
     <w:rsid w:val="001C6EEF"/>
     <w:rsid w:val="001D66A2"/>
     <w:rsid w:val="001D6E2B"/>
     <w:rsid w:val="001D7065"/>
     <w:rsid w:val="001E2401"/>
     <w:rsid w:val="001E2857"/>
@@ -20316,96 +20397,99 @@
     <w:rsid w:val="00397D39"/>
     <w:rsid w:val="003A1D34"/>
     <w:rsid w:val="003A38B8"/>
     <w:rsid w:val="003A58BC"/>
     <w:rsid w:val="003A5ABF"/>
     <w:rsid w:val="003B1058"/>
     <w:rsid w:val="003B1FE1"/>
     <w:rsid w:val="003B26F3"/>
     <w:rsid w:val="003B39D3"/>
     <w:rsid w:val="003B3C4B"/>
     <w:rsid w:val="003B54E8"/>
     <w:rsid w:val="003B7375"/>
     <w:rsid w:val="003B779A"/>
     <w:rsid w:val="003C11ED"/>
     <w:rsid w:val="003C12BE"/>
     <w:rsid w:val="003C1E0F"/>
     <w:rsid w:val="003C38DB"/>
     <w:rsid w:val="003C3930"/>
     <w:rsid w:val="003C7672"/>
     <w:rsid w:val="003D1D72"/>
     <w:rsid w:val="003D2A93"/>
     <w:rsid w:val="003D3A09"/>
     <w:rsid w:val="003D586D"/>
     <w:rsid w:val="003D7996"/>
     <w:rsid w:val="003D7D78"/>
+    <w:rsid w:val="003E0561"/>
     <w:rsid w:val="003E0D11"/>
     <w:rsid w:val="003E1B44"/>
     <w:rsid w:val="003E2D3D"/>
     <w:rsid w:val="003E2F27"/>
     <w:rsid w:val="003E390D"/>
     <w:rsid w:val="003E3FD7"/>
     <w:rsid w:val="003E6CE1"/>
     <w:rsid w:val="003E6FF3"/>
     <w:rsid w:val="003F1AB1"/>
+    <w:rsid w:val="003F20AE"/>
     <w:rsid w:val="003F6DB6"/>
     <w:rsid w:val="003F7189"/>
     <w:rsid w:val="004018F1"/>
     <w:rsid w:val="0040222E"/>
     <w:rsid w:val="00402299"/>
     <w:rsid w:val="00412C3F"/>
     <w:rsid w:val="004133D6"/>
     <w:rsid w:val="00413A98"/>
     <w:rsid w:val="00420B97"/>
     <w:rsid w:val="00421E46"/>
     <w:rsid w:val="00424BA9"/>
     <w:rsid w:val="0043110F"/>
     <w:rsid w:val="0043652A"/>
     <w:rsid w:val="00443DE2"/>
     <w:rsid w:val="0044403F"/>
     <w:rsid w:val="0044497D"/>
     <w:rsid w:val="00445618"/>
     <w:rsid w:val="004471D7"/>
     <w:rsid w:val="004504EB"/>
     <w:rsid w:val="00450678"/>
     <w:rsid w:val="00456680"/>
     <w:rsid w:val="0046109C"/>
     <w:rsid w:val="004630E1"/>
     <w:rsid w:val="004673EE"/>
     <w:rsid w:val="00471403"/>
     <w:rsid w:val="00473A1D"/>
     <w:rsid w:val="004763CB"/>
     <w:rsid w:val="0047740F"/>
     <w:rsid w:val="004801CD"/>
     <w:rsid w:val="00486D8B"/>
     <w:rsid w:val="00491887"/>
     <w:rsid w:val="00496034"/>
     <w:rsid w:val="004974EA"/>
     <w:rsid w:val="0049754A"/>
     <w:rsid w:val="00497F14"/>
     <w:rsid w:val="004A09D6"/>
     <w:rsid w:val="004A298D"/>
+    <w:rsid w:val="004A2A4E"/>
     <w:rsid w:val="004A2BCB"/>
     <w:rsid w:val="004A3CEA"/>
     <w:rsid w:val="004A60F4"/>
     <w:rsid w:val="004A6741"/>
     <w:rsid w:val="004B0AA6"/>
     <w:rsid w:val="004B0D78"/>
     <w:rsid w:val="004B6520"/>
     <w:rsid w:val="004C18E9"/>
     <w:rsid w:val="004C26C9"/>
     <w:rsid w:val="004C3195"/>
     <w:rsid w:val="004C6698"/>
     <w:rsid w:val="004C70F7"/>
     <w:rsid w:val="004D01DC"/>
     <w:rsid w:val="004D1F22"/>
     <w:rsid w:val="004D4880"/>
     <w:rsid w:val="004D500C"/>
     <w:rsid w:val="004D65A6"/>
     <w:rsid w:val="004D697A"/>
     <w:rsid w:val="004D7BBB"/>
     <w:rsid w:val="004E089B"/>
     <w:rsid w:val="004E13D7"/>
     <w:rsid w:val="004E2C6E"/>
     <w:rsid w:val="004E6BA3"/>
     <w:rsid w:val="004E7326"/>
     <w:rsid w:val="004F08DC"/>
@@ -20415,147 +20499,152 @@
     <w:rsid w:val="004F733E"/>
     <w:rsid w:val="004F7632"/>
     <w:rsid w:val="005036BC"/>
     <w:rsid w:val="00503B80"/>
     <w:rsid w:val="00504356"/>
     <w:rsid w:val="00505BC8"/>
     <w:rsid w:val="00510CDE"/>
     <w:rsid w:val="00511652"/>
     <w:rsid w:val="00511792"/>
     <w:rsid w:val="00514E37"/>
     <w:rsid w:val="005170ED"/>
     <w:rsid w:val="0052129E"/>
     <w:rsid w:val="00523F51"/>
     <w:rsid w:val="0052522E"/>
     <w:rsid w:val="00526D4C"/>
     <w:rsid w:val="00532C3D"/>
     <w:rsid w:val="005349AD"/>
     <w:rsid w:val="00537818"/>
     <w:rsid w:val="00537ABF"/>
     <w:rsid w:val="00540D61"/>
     <w:rsid w:val="00550A2C"/>
     <w:rsid w:val="00550F15"/>
     <w:rsid w:val="00551243"/>
     <w:rsid w:val="005527EF"/>
     <w:rsid w:val="00556646"/>
+    <w:rsid w:val="0055674F"/>
     <w:rsid w:val="005601FD"/>
     <w:rsid w:val="005648D7"/>
     <w:rsid w:val="00564986"/>
     <w:rsid w:val="00566AC6"/>
     <w:rsid w:val="00567F99"/>
     <w:rsid w:val="005702FC"/>
     <w:rsid w:val="005717F0"/>
     <w:rsid w:val="005728F8"/>
     <w:rsid w:val="00572941"/>
     <w:rsid w:val="00572BC4"/>
     <w:rsid w:val="00573D71"/>
     <w:rsid w:val="00574083"/>
     <w:rsid w:val="00574B9E"/>
     <w:rsid w:val="00580BDC"/>
     <w:rsid w:val="0058128E"/>
     <w:rsid w:val="00581529"/>
     <w:rsid w:val="00583CA0"/>
     <w:rsid w:val="0058505C"/>
     <w:rsid w:val="0058789E"/>
     <w:rsid w:val="00591FEB"/>
     <w:rsid w:val="00592F3D"/>
     <w:rsid w:val="00593F9A"/>
     <w:rsid w:val="0059620D"/>
     <w:rsid w:val="005A0A96"/>
     <w:rsid w:val="005A5196"/>
     <w:rsid w:val="005A5CDC"/>
     <w:rsid w:val="005A726E"/>
     <w:rsid w:val="005B117A"/>
     <w:rsid w:val="005B311C"/>
     <w:rsid w:val="005B5BCA"/>
+    <w:rsid w:val="005B66F5"/>
     <w:rsid w:val="005B7ACE"/>
     <w:rsid w:val="005B7B9A"/>
     <w:rsid w:val="005B7D74"/>
     <w:rsid w:val="005B7FF8"/>
     <w:rsid w:val="005C00D6"/>
     <w:rsid w:val="005C06C0"/>
     <w:rsid w:val="005C29F3"/>
     <w:rsid w:val="005D10BB"/>
     <w:rsid w:val="005D283A"/>
     <w:rsid w:val="005D2C08"/>
     <w:rsid w:val="005D2C59"/>
     <w:rsid w:val="005D2EBB"/>
     <w:rsid w:val="005D4CC9"/>
     <w:rsid w:val="005E0935"/>
     <w:rsid w:val="005E2626"/>
     <w:rsid w:val="005E2781"/>
     <w:rsid w:val="005E4AE5"/>
+    <w:rsid w:val="005E4B72"/>
     <w:rsid w:val="005E4D05"/>
     <w:rsid w:val="005E5E6D"/>
     <w:rsid w:val="005E7672"/>
     <w:rsid w:val="005F23E7"/>
     <w:rsid w:val="005F4516"/>
     <w:rsid w:val="005F5CD0"/>
     <w:rsid w:val="005F63A5"/>
     <w:rsid w:val="00601028"/>
     <w:rsid w:val="006022D9"/>
     <w:rsid w:val="006026B1"/>
     <w:rsid w:val="00602736"/>
     <w:rsid w:val="00610839"/>
     <w:rsid w:val="00610AFC"/>
     <w:rsid w:val="006154ED"/>
     <w:rsid w:val="00617430"/>
     <w:rsid w:val="00620B0C"/>
     <w:rsid w:val="0062170E"/>
     <w:rsid w:val="00630074"/>
     <w:rsid w:val="0064224C"/>
     <w:rsid w:val="00645DDD"/>
     <w:rsid w:val="00646497"/>
     <w:rsid w:val="00652BE6"/>
+    <w:rsid w:val="00657460"/>
     <w:rsid w:val="00657985"/>
     <w:rsid w:val="006579FB"/>
     <w:rsid w:val="00663F04"/>
     <w:rsid w:val="006663EA"/>
     <w:rsid w:val="00666E43"/>
     <w:rsid w:val="00667AA9"/>
     <w:rsid w:val="006709AB"/>
     <w:rsid w:val="00671F69"/>
     <w:rsid w:val="0067214C"/>
     <w:rsid w:val="006743B9"/>
     <w:rsid w:val="00681515"/>
     <w:rsid w:val="00682175"/>
     <w:rsid w:val="00682299"/>
     <w:rsid w:val="006831C8"/>
     <w:rsid w:val="00683721"/>
     <w:rsid w:val="00696BAA"/>
     <w:rsid w:val="006A1A35"/>
     <w:rsid w:val="006A2EC6"/>
     <w:rsid w:val="006A36CA"/>
     <w:rsid w:val="006A40FA"/>
     <w:rsid w:val="006A54A4"/>
     <w:rsid w:val="006B3D18"/>
     <w:rsid w:val="006B632F"/>
     <w:rsid w:val="006B7B18"/>
     <w:rsid w:val="006C02C4"/>
     <w:rsid w:val="006C13DB"/>
     <w:rsid w:val="006C4DA0"/>
     <w:rsid w:val="006C6097"/>
+    <w:rsid w:val="006C65F3"/>
     <w:rsid w:val="006C7545"/>
     <w:rsid w:val="006C7B90"/>
     <w:rsid w:val="006D0B77"/>
     <w:rsid w:val="006D5EBF"/>
     <w:rsid w:val="006D73F2"/>
     <w:rsid w:val="006D7D90"/>
     <w:rsid w:val="006E1393"/>
     <w:rsid w:val="006E2150"/>
     <w:rsid w:val="006E3883"/>
     <w:rsid w:val="006E6EC9"/>
     <w:rsid w:val="006F2D54"/>
     <w:rsid w:val="006F30FC"/>
     <w:rsid w:val="006F3C97"/>
     <w:rsid w:val="006F4527"/>
     <w:rsid w:val="0070030E"/>
     <w:rsid w:val="00703C2A"/>
     <w:rsid w:val="007049B0"/>
     <w:rsid w:val="0070581E"/>
     <w:rsid w:val="00706AC7"/>
     <w:rsid w:val="00713EAC"/>
     <w:rsid w:val="00714395"/>
     <w:rsid w:val="00714F01"/>
     <w:rsid w:val="00715AB7"/>
     <w:rsid w:val="00722A5B"/>
     <w:rsid w:val="007232A6"/>
@@ -20593,50 +20682,51 @@
     <w:rsid w:val="007A2792"/>
     <w:rsid w:val="007A6D4C"/>
     <w:rsid w:val="007A732E"/>
     <w:rsid w:val="007B2C6E"/>
     <w:rsid w:val="007B2DE4"/>
     <w:rsid w:val="007B3D4B"/>
     <w:rsid w:val="007B5B95"/>
     <w:rsid w:val="007B5FB5"/>
     <w:rsid w:val="007B7C68"/>
     <w:rsid w:val="007C0098"/>
     <w:rsid w:val="007C73A0"/>
     <w:rsid w:val="007D1ACA"/>
     <w:rsid w:val="007D5B12"/>
     <w:rsid w:val="007E0548"/>
     <w:rsid w:val="007E0C36"/>
     <w:rsid w:val="007E2085"/>
     <w:rsid w:val="007E7E39"/>
     <w:rsid w:val="007F0E48"/>
     <w:rsid w:val="007F2FA8"/>
     <w:rsid w:val="007F7FDD"/>
     <w:rsid w:val="0080129A"/>
     <w:rsid w:val="00804CA9"/>
     <w:rsid w:val="00804E5E"/>
     <w:rsid w:val="00806CBB"/>
     <w:rsid w:val="00810701"/>
+    <w:rsid w:val="0081260F"/>
     <w:rsid w:val="00812F03"/>
     <w:rsid w:val="00813101"/>
     <w:rsid w:val="008147AF"/>
     <w:rsid w:val="00814D61"/>
     <w:rsid w:val="008170EA"/>
     <w:rsid w:val="00822579"/>
     <w:rsid w:val="008229A8"/>
     <w:rsid w:val="00823B3C"/>
     <w:rsid w:val="008261B2"/>
     <w:rsid w:val="0082669A"/>
     <w:rsid w:val="00832E38"/>
     <w:rsid w:val="00833C17"/>
     <w:rsid w:val="008345A7"/>
     <w:rsid w:val="00835E2B"/>
     <w:rsid w:val="008360CB"/>
     <w:rsid w:val="008371EF"/>
     <w:rsid w:val="008375C8"/>
     <w:rsid w:val="008404C4"/>
     <w:rsid w:val="008450E0"/>
     <w:rsid w:val="008467AD"/>
     <w:rsid w:val="0084745A"/>
     <w:rsid w:val="00850AC5"/>
     <w:rsid w:val="008515E7"/>
     <w:rsid w:val="0085495D"/>
     <w:rsid w:val="008565FF"/>
@@ -20695,50 +20785,51 @@
     <w:rsid w:val="0095149E"/>
     <w:rsid w:val="00951E11"/>
     <w:rsid w:val="00952F41"/>
     <w:rsid w:val="0096010B"/>
     <w:rsid w:val="0096127E"/>
     <w:rsid w:val="00965097"/>
     <w:rsid w:val="00971AD7"/>
     <w:rsid w:val="0097304A"/>
     <w:rsid w:val="00973FC5"/>
     <w:rsid w:val="00976A57"/>
     <w:rsid w:val="00977574"/>
     <w:rsid w:val="00984DB5"/>
     <w:rsid w:val="00985EE2"/>
     <w:rsid w:val="00992800"/>
     <w:rsid w:val="0099527D"/>
     <w:rsid w:val="00996432"/>
     <w:rsid w:val="009967DA"/>
     <w:rsid w:val="009A1794"/>
     <w:rsid w:val="009A3F92"/>
     <w:rsid w:val="009A4B76"/>
     <w:rsid w:val="009A67E9"/>
     <w:rsid w:val="009B1876"/>
     <w:rsid w:val="009B5008"/>
     <w:rsid w:val="009C14CA"/>
     <w:rsid w:val="009C19BB"/>
+    <w:rsid w:val="009C1C37"/>
     <w:rsid w:val="009C26CD"/>
     <w:rsid w:val="009C665C"/>
     <w:rsid w:val="009C7196"/>
     <w:rsid w:val="009D23B9"/>
     <w:rsid w:val="009D2651"/>
     <w:rsid w:val="009D7E68"/>
     <w:rsid w:val="009E4969"/>
     <w:rsid w:val="009E6068"/>
     <w:rsid w:val="009F0240"/>
     <w:rsid w:val="009F1085"/>
     <w:rsid w:val="009F13EA"/>
     <w:rsid w:val="009F3151"/>
     <w:rsid w:val="009F3C1F"/>
     <w:rsid w:val="009F57FF"/>
     <w:rsid w:val="009F6159"/>
     <w:rsid w:val="009F64DC"/>
     <w:rsid w:val="009F7088"/>
     <w:rsid w:val="00A0053F"/>
     <w:rsid w:val="00A01CE3"/>
     <w:rsid w:val="00A03514"/>
     <w:rsid w:val="00A038D3"/>
     <w:rsid w:val="00A058D3"/>
     <w:rsid w:val="00A05BDA"/>
     <w:rsid w:val="00A20879"/>
     <w:rsid w:val="00A23DEF"/>
@@ -20773,143 +20864,147 @@
     <w:rsid w:val="00A91D13"/>
     <w:rsid w:val="00A941E9"/>
     <w:rsid w:val="00A953D7"/>
     <w:rsid w:val="00A95936"/>
     <w:rsid w:val="00A964F6"/>
     <w:rsid w:val="00A96E39"/>
     <w:rsid w:val="00AA5BD5"/>
     <w:rsid w:val="00AB0764"/>
     <w:rsid w:val="00AB5022"/>
     <w:rsid w:val="00AB5CFF"/>
     <w:rsid w:val="00AB6C4A"/>
     <w:rsid w:val="00AB7FF7"/>
     <w:rsid w:val="00AC0F08"/>
     <w:rsid w:val="00AC0FEB"/>
     <w:rsid w:val="00AC20BD"/>
     <w:rsid w:val="00AC3518"/>
     <w:rsid w:val="00AC4D80"/>
     <w:rsid w:val="00AD31B6"/>
     <w:rsid w:val="00AD32A4"/>
     <w:rsid w:val="00AD37E8"/>
     <w:rsid w:val="00AD5330"/>
     <w:rsid w:val="00AE529C"/>
     <w:rsid w:val="00AE5A7C"/>
     <w:rsid w:val="00AF0BFE"/>
     <w:rsid w:val="00AF215A"/>
+    <w:rsid w:val="00AF2F21"/>
     <w:rsid w:val="00AF6526"/>
     <w:rsid w:val="00AF79AE"/>
     <w:rsid w:val="00AF7B7A"/>
     <w:rsid w:val="00B0137B"/>
     <w:rsid w:val="00B01399"/>
     <w:rsid w:val="00B07E40"/>
     <w:rsid w:val="00B1224C"/>
     <w:rsid w:val="00B165E3"/>
     <w:rsid w:val="00B178A7"/>
     <w:rsid w:val="00B17E8F"/>
     <w:rsid w:val="00B22F4C"/>
     <w:rsid w:val="00B241B6"/>
     <w:rsid w:val="00B32A0D"/>
     <w:rsid w:val="00B33907"/>
     <w:rsid w:val="00B33C98"/>
     <w:rsid w:val="00B3518A"/>
     <w:rsid w:val="00B401C5"/>
     <w:rsid w:val="00B40845"/>
     <w:rsid w:val="00B409D8"/>
     <w:rsid w:val="00B4155E"/>
     <w:rsid w:val="00B4164E"/>
     <w:rsid w:val="00B43B2B"/>
     <w:rsid w:val="00B45CAD"/>
     <w:rsid w:val="00B478D3"/>
     <w:rsid w:val="00B47CC5"/>
     <w:rsid w:val="00B53DC4"/>
     <w:rsid w:val="00B5771E"/>
     <w:rsid w:val="00B60210"/>
     <w:rsid w:val="00B6151C"/>
     <w:rsid w:val="00B61A3B"/>
     <w:rsid w:val="00B61B33"/>
     <w:rsid w:val="00B64D8A"/>
     <w:rsid w:val="00B66670"/>
     <w:rsid w:val="00B817B4"/>
     <w:rsid w:val="00B85720"/>
     <w:rsid w:val="00B87A10"/>
     <w:rsid w:val="00B92D5C"/>
     <w:rsid w:val="00BA11DE"/>
     <w:rsid w:val="00BA39DE"/>
     <w:rsid w:val="00BA3D45"/>
     <w:rsid w:val="00BA605F"/>
     <w:rsid w:val="00BA715C"/>
     <w:rsid w:val="00BA74F6"/>
     <w:rsid w:val="00BB3E06"/>
     <w:rsid w:val="00BB5158"/>
     <w:rsid w:val="00BC6446"/>
     <w:rsid w:val="00BD499A"/>
     <w:rsid w:val="00BD6C0C"/>
+    <w:rsid w:val="00BD7216"/>
     <w:rsid w:val="00BE0E31"/>
     <w:rsid w:val="00BE1807"/>
     <w:rsid w:val="00BE3177"/>
     <w:rsid w:val="00C0315A"/>
     <w:rsid w:val="00C11394"/>
+    <w:rsid w:val="00C12A71"/>
     <w:rsid w:val="00C15199"/>
     <w:rsid w:val="00C15441"/>
     <w:rsid w:val="00C15DDB"/>
     <w:rsid w:val="00C17D34"/>
     <w:rsid w:val="00C22D05"/>
     <w:rsid w:val="00C23641"/>
     <w:rsid w:val="00C264AB"/>
     <w:rsid w:val="00C312BD"/>
     <w:rsid w:val="00C3208E"/>
     <w:rsid w:val="00C405FC"/>
     <w:rsid w:val="00C40D35"/>
     <w:rsid w:val="00C42AB7"/>
     <w:rsid w:val="00C43657"/>
     <w:rsid w:val="00C4415B"/>
     <w:rsid w:val="00C5016D"/>
     <w:rsid w:val="00C54114"/>
     <w:rsid w:val="00C56273"/>
     <w:rsid w:val="00C62268"/>
     <w:rsid w:val="00C65E53"/>
     <w:rsid w:val="00C70D80"/>
     <w:rsid w:val="00C739F8"/>
     <w:rsid w:val="00C74B84"/>
     <w:rsid w:val="00C75681"/>
     <w:rsid w:val="00C7605B"/>
     <w:rsid w:val="00C849BB"/>
     <w:rsid w:val="00C869D2"/>
     <w:rsid w:val="00C870CC"/>
     <w:rsid w:val="00C8794B"/>
     <w:rsid w:val="00C87CC6"/>
     <w:rsid w:val="00C90919"/>
     <w:rsid w:val="00C91DE6"/>
     <w:rsid w:val="00C94BFD"/>
     <w:rsid w:val="00CA1FD7"/>
     <w:rsid w:val="00CA38D4"/>
     <w:rsid w:val="00CA5BDC"/>
     <w:rsid w:val="00CB1C17"/>
     <w:rsid w:val="00CB60C6"/>
     <w:rsid w:val="00CC19AC"/>
     <w:rsid w:val="00CC1D81"/>
     <w:rsid w:val="00CC23DE"/>
+    <w:rsid w:val="00CC2418"/>
     <w:rsid w:val="00CC2747"/>
     <w:rsid w:val="00CC34F5"/>
     <w:rsid w:val="00CC45C5"/>
     <w:rsid w:val="00CC48E6"/>
     <w:rsid w:val="00CC50A7"/>
     <w:rsid w:val="00CC64E5"/>
     <w:rsid w:val="00CC730B"/>
     <w:rsid w:val="00CC7A96"/>
     <w:rsid w:val="00CD2502"/>
     <w:rsid w:val="00CD288A"/>
     <w:rsid w:val="00CD2946"/>
     <w:rsid w:val="00CD3045"/>
     <w:rsid w:val="00CD3BEC"/>
     <w:rsid w:val="00CD6D08"/>
     <w:rsid w:val="00CE000A"/>
     <w:rsid w:val="00CE1C04"/>
     <w:rsid w:val="00CE227D"/>
     <w:rsid w:val="00CE281D"/>
     <w:rsid w:val="00CE3E64"/>
     <w:rsid w:val="00CE4721"/>
     <w:rsid w:val="00CE5A7E"/>
     <w:rsid w:val="00CE5BCB"/>
     <w:rsid w:val="00CE6571"/>
     <w:rsid w:val="00CE7BEF"/>
     <w:rsid w:val="00CF0EF6"/>
@@ -20982,61 +21077,63 @@
     <w:rsid w:val="00DB4620"/>
     <w:rsid w:val="00DB56D4"/>
     <w:rsid w:val="00DB5B93"/>
     <w:rsid w:val="00DB74F9"/>
     <w:rsid w:val="00DC1106"/>
     <w:rsid w:val="00DC23BE"/>
     <w:rsid w:val="00DC372E"/>
     <w:rsid w:val="00DC5244"/>
     <w:rsid w:val="00DC54CA"/>
     <w:rsid w:val="00DD0560"/>
     <w:rsid w:val="00DD3390"/>
     <w:rsid w:val="00DD44D5"/>
     <w:rsid w:val="00DD46DF"/>
     <w:rsid w:val="00DE1FD8"/>
     <w:rsid w:val="00DE2131"/>
     <w:rsid w:val="00DE2EA8"/>
     <w:rsid w:val="00DE38C3"/>
     <w:rsid w:val="00DE44FD"/>
     <w:rsid w:val="00DE7789"/>
     <w:rsid w:val="00DF1FB2"/>
     <w:rsid w:val="00E004DF"/>
     <w:rsid w:val="00E01031"/>
     <w:rsid w:val="00E0306A"/>
     <w:rsid w:val="00E10856"/>
     <w:rsid w:val="00E114AD"/>
+    <w:rsid w:val="00E11AA1"/>
     <w:rsid w:val="00E1403B"/>
     <w:rsid w:val="00E14B44"/>
     <w:rsid w:val="00E2103A"/>
     <w:rsid w:val="00E22431"/>
     <w:rsid w:val="00E22EE3"/>
     <w:rsid w:val="00E23091"/>
     <w:rsid w:val="00E25869"/>
     <w:rsid w:val="00E264AC"/>
     <w:rsid w:val="00E27540"/>
     <w:rsid w:val="00E27885"/>
     <w:rsid w:val="00E30BAB"/>
+    <w:rsid w:val="00E31F6F"/>
     <w:rsid w:val="00E33D59"/>
     <w:rsid w:val="00E34944"/>
     <w:rsid w:val="00E35DDC"/>
     <w:rsid w:val="00E40699"/>
     <w:rsid w:val="00E44436"/>
     <w:rsid w:val="00E44F85"/>
     <w:rsid w:val="00E45070"/>
     <w:rsid w:val="00E52227"/>
     <w:rsid w:val="00E530CA"/>
     <w:rsid w:val="00E54287"/>
     <w:rsid w:val="00E54691"/>
     <w:rsid w:val="00E56EF2"/>
     <w:rsid w:val="00E57ACE"/>
     <w:rsid w:val="00E6034E"/>
     <w:rsid w:val="00E63059"/>
     <w:rsid w:val="00E650A1"/>
     <w:rsid w:val="00E706B5"/>
     <w:rsid w:val="00E71DDB"/>
     <w:rsid w:val="00E7274C"/>
     <w:rsid w:val="00E736B9"/>
     <w:rsid w:val="00E80410"/>
     <w:rsid w:val="00E81B5D"/>
     <w:rsid w:val="00E83723"/>
     <w:rsid w:val="00E859E0"/>
     <w:rsid w:val="00E85A53"/>
@@ -21159,51 +21256,51 @@
     <w:rsid w:val="00FE0211"/>
     <w:rsid w:val="00FE0450"/>
     <w:rsid w:val="00FE3D3D"/>
     <w:rsid w:val="00FE67DD"/>
     <w:rsid w:val="00FF070F"/>
     <w:rsid w:val="00FF2794"/>
     <w:rsid w:val="00FF6EF1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="81921"/>
+    <o:shapedefaults v:ext="edit" spidmax="90113"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="210AE831"/>
   <w15:docId w15:val="{FFD92A01-6E34-4D75-805E-FCA38F07D211}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -21977,50 +22074,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="40977837">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="64036445">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="113378095">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="119960311">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -22505,50 +22615,63 @@
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="894777663">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="908153917">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="962154697">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1003388293">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -23078,51 +23201,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135978277">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.bowlin@dish.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rodger.mcnabb@clnpc.ca" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cynthia.delgadorojas@lumen.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:npattabhi@metropcs.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Steve.Brock@Oracle.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:desiree.apodaca@ringcentral.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gandrews@tnsi.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="sip://(732)%206835126" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:animmo@atlc.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carrie.schock@zayo.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cspears@gvnw.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtimmermann@iconectiv.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.denemark@team.neustar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lsampson@nhcgrp.com" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjamin.fullerton@sinch.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dcstuff@q.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.dunne@verizon.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sheila.seidl@cellcom.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melinda.yost@dish.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.wharton@lumen.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dennis.rose@mossadams.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v.vipin.kumar@oracle.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joe.mullin@ringsquared.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kim.Isaacs@zayo.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tpatton@netnumber.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bryan.bethea@sinch.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dgeriner@suncom.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mkhafagy@tnsi.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:donna.peters@astound.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bassam.abon_attwan@bell.ca" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:der@akkoy1.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cknight@iconectiv.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rwood@iconectiv.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:terry.ford@masergy.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gene.perez@verizon.net" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephen.hayes@state.or.us" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chr@cpuc.ca.gov" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:balexander@jsitel.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mpc@ca.inter.net" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtm@opastco.org" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerry.thompson@rci.rogers.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cheryl.fullerton@sinch.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noelle.mckinley@telus.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jamie.Sharpe@Vantagepnt.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scott.a.terry@windstream.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shutchinson@porting.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tami.zwicky@cellcom.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shannon@eztexting.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ktimko@iconectiv.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jramsay@naruc.org" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jill.guffey@team.neustar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cathymcgouran@zayo.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crystal.hanus@vantagepnt.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bill@TollFreeNumbers.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anand.rathi@team.neustar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dxmurphy@occemail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vincent.hamrick@oracle.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rob.brezina@sinch.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kgreen@somos.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmersman@tcatel.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sherry.zheng@tpgsi.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jeanne.Bell@zayo.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mbiltonsmith@atlc.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Matthew.peacock@bell.ca" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:skoch@iconectiv.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdrake@iconectiv.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sgupta@netnumber.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.kientz@team.neustar" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fweber@somos.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noreenr@cox.net" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sheri.pressler@ftr.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rthompson@ccamobile.org" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:khoffman@jsitel.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jack.aronson@masergy.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephanie.maeda@state.or.us" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shelly.pedersen@twtelecom.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brad.bloomer@onstar.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blynott@telesmart.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dlane@golightpath.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shutchinson@atlc.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve.holzer@gvtel.net" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmalyar@telcordia.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.marino@team.neustar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tfarquhar@somos.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melinda.yost@dish.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sheila.seidl@cellcom.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bill@TollFreeNumbers.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jramsay@naruc.org" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vincent.hamrick@oracle.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gerry.thompson@rci.rogers.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sherry.zheng@tpgsi.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mvarigonda@numhub.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carrie.schock@zayo.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cknight@iconectiv.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rwood@iconectiv.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.kientz@team.neustar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dxmurphy@occemail.com" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fweber@somos.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mmersman@tcatel.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tami.zwicky@cellcom.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shannon@eztexting.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jack.aronson@masergy.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sgupta@netnumber.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephanie.maeda@state.or.us" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noreenr@cox.net" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kim.Isaacs@zayo.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.denemark@team.neustar" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:benjamin.fullerton@sinch.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blynott@telesmart.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shelly.pedersen@twtelecom.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:donna.peters@astound.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bassam.abon_attwan@bell.ca" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.bowlin@dish.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdrake@iconectiv.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:skoch@iconectiv.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dennis.rose@mossadams.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brad.bloomer@onstar.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joe.mullin@ringsquared.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Rodger.mcnabb@clnpc.ca" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.wharton@lumen.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.marino@team.neustar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:v.vipin.kumar@oracle.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bryan.bethea@sinch.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tfarquhar@somos.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mkhafagy@tnsi.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scott.a.terry@windstream.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lespy@numhub.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rthompson@ccamobile.org" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sheri.pressler@ftr.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mtimmermann@iconectiv.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tpatton@netnumber.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gene.perez@verizon.net" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cathymcgouran@zayo.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cspears@gvnw.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:terry.ford@masergy.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mpc@ca.inter.net" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jtm@opastco.org" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephen.hayes@state.or.us" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cheryl.fullerton@sinch.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dgeriner@suncom.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noelle.mckinley@telus.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jamie.Sharpe@Vantagepnt.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Jeanne.Bell@zayo.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:be9630@att.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Matthew.peacock@bell.ca" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:balexander@jsitel.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jmalyar@telcordia.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anand.rathi@team.neustar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jill.guffey@team.neustar" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kgreen@somos.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rob.brezina@sinch.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve.holzer@gvtel.net" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:der@akkoy1.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cynthia.delgadorojas@lumen.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:npattabhi@metropcs.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:desiree.apodaca@ringcentral.com" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.finneran@verizon.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Steve.Brock@Oracle.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gandrews@tnsi.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chr@cpuc.ca.gov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shutchinson@numhub.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:crystal.hanus@vantagepnt.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ktimko@iconectiv.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lsampson@nhcgrp.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dcstuff@q.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -23385,75 +23508,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32F99724-96BA-4C11-96CE-FA6E6AB82B0F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>999</Words>
-  <Characters>14475</Characters>
+  <Words>1002</Words>
+  <Characters>14384</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>120</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>1198</Lines>
+  <Paragraphs>1025</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>LNP Technical and Operational Requirements Task Force_</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>AT &amp; T</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15444</CharactersWithSpaces>
+  <CharactersWithSpaces>14361</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="360" baseType="variant">
       <vt:variant>
         <vt:i4>2949214</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>177</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:traci.brunner@windstream.com</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4063324</vt:i4>
       </vt:variant>
       <vt:variant>