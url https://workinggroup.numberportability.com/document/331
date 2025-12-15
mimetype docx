--- v1 (2025-11-23)
+++ v2 (2025-12-15)
@@ -989,61 +989,61 @@
           </w:tcPr>
           <w:p w14:paraId="6376DEEE" w14:textId="1B595367" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>289-400-7010</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62534B7E" w14:textId="220293A9" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="62534B7E" w14:textId="220293A9" w:rsidR="00CE5A7E" w:rsidRPr="002755B4" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="0004014D">
+              <w:r w:rsidRPr="002755B4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>carrie.schock@zayo.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="4E68BA3A" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4CFEA8D6" w14:textId="1B48B943" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
             <w:pPr>
               <w:rPr>
@@ -1112,58 +1112,58 @@
           </w:tcPr>
           <w:p w14:paraId="6EEE596F" w14:textId="3BCDE290" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>513-503-6553</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48E9DA4E" w14:textId="5A37FDC6" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0004014D">
+          <w:p w14:paraId="48E9DA4E" w14:textId="5A37FDC6" w:rsidR="00CE5A7E" w:rsidRPr="002755B4" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002755B4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>arnold.monell@altafiber.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="72CE5CB5" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="11CB4672" w14:textId="34EC3527" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
@@ -1226,58 +1226,58 @@
           </w:tcPr>
           <w:p w14:paraId="24050460" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>512-970-1813</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F8595BD" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0004014D">
+          <w:p w14:paraId="6F8595BD" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="002755B4" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002755B4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>abihain@verizon.net</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="1D63E927" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2AE50141" w14:textId="5C38180C" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
@@ -1351,59 +1351,59 @@
               <w:t>610-419-2909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FFC5DBB" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FA4B941" w14:textId="6D7A7212" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+          <w:p w14:paraId="6FA4B941" w14:textId="6D7A7212" w:rsidR="00CE5A7E" w:rsidRPr="002755B4" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="0004014D">
+              <w:r w:rsidRPr="002755B4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>donna.peters@astound.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE5A7E" w:rsidRPr="009451B1" w14:paraId="7DCC408A" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1CF43E6F" w14:textId="0D7702E5" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
             <w:pPr>
               <w:rPr>
@@ -1479,58 +1479,58 @@
               <w:t>610-419-2270</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FCBBC21" w14:textId="77777777" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25FD344D" w14:textId="2B43F924" w:rsidR="00CE5A7E" w:rsidRPr="0004014D" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0004014D">
+          <w:p w14:paraId="25FD344D" w14:textId="2B43F924" w:rsidR="00CE5A7E" w:rsidRPr="002755B4" w:rsidRDefault="00CE5A7E" w:rsidP="00CE5A7E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002755B4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>towanda.russell@astound.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="42F37DCF" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1E805278" w14:textId="4A1121AD" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
@@ -1586,176 +1586,167 @@
               <w:t xml:space="preserve">678-721-3912  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67C91924" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28D65E7C" w14:textId="3F3E7828" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+          <w:p w14:paraId="28D65E7C" w14:textId="3F3E7828" w:rsidR="00657460" w:rsidRPr="002755B4" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidRPr="0004014D">
+              <w:r w:rsidRPr="002755B4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>be9630@att.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="4F4955E9" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7B47771E" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>AT&amp;T</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FB1AAE3" w14:textId="546200E7" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> Hanes</w:t>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Shawyna Hanes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DF5C35E" w14:textId="0D67C17F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>704-413-5062</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3854E58F" w14:textId="3435DB39" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BF774D2" w14:textId="74723065" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0004014D">
+          <w:p w14:paraId="2BF774D2" w14:textId="74723065" w:rsidR="00657460" w:rsidRPr="002755B4" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002755B4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>sw5473@att.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0004014D" w:rsidRPr="009451B1" w14:paraId="0E58D4FA" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="597B8039" w14:textId="66D6B658" w:rsidR="0004014D" w:rsidRPr="0004014D" w:rsidRDefault="0004014D" w:rsidP="0004014D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -1825,59 +1816,59 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67F793CE" w14:textId="77777777" w:rsidR="0004014D" w:rsidRPr="0004014D" w:rsidRDefault="0004014D" w:rsidP="0004014D">
             <w:pPr>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FEE26F2" w14:textId="6F449DE3" w:rsidR="0004014D" w:rsidRPr="0004014D" w:rsidRDefault="0004014D" w:rsidP="0004014D">
+          <w:p w14:paraId="1FEE26F2" w14:textId="6F449DE3" w:rsidR="0004014D" w:rsidRPr="002755B4" w:rsidRDefault="0004014D" w:rsidP="0004014D">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0004014D">
+            <w:r w:rsidRPr="002755B4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>av7891@att.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="3C757148" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="02541ED1" w14:textId="582C1892" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -1938,58 +1929,58 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C0E8E7B" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="257CB696" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0004014D">
+          <w:p w14:paraId="257CB696" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="002755B4" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002755B4">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>jvoss@atis.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="397E963E" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B861B03" w14:textId="2D54C03D" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="005E4B72" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -2055,61 +2046,61 @@
               <w:t>541-598-2329</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DF0D9A4" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3BDA1C5B" w14:textId="6DDD490B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00AF2F21" w:rsidP="00657460">
+          <w:p w14:paraId="3BDA1C5B" w14:textId="6DDD490B" w:rsidR="00657460" w:rsidRPr="002755B4" w:rsidRDefault="00AF2F21" w:rsidP="00657460">
             <w:pPr>
               <w:spacing w:line="252" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r w:rsidRPr="0004014D">
+              <w:r w:rsidRPr="002755B4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>shutchinson@numhub.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="6E33D06B" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3C15F8AF" w14:textId="5D482AE6" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="005E4B72" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
@@ -2169,59 +2160,59 @@
               <w:t>541-593-7054</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6284263B" w14:textId="33F55C57" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02BB8040" w14:textId="34A295CB" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00AF2F21" w:rsidP="00657460">
+          <w:p w14:paraId="02BB8040" w14:textId="34A295CB" w:rsidR="00657460" w:rsidRPr="002755B4" w:rsidRDefault="00AF2F21" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r w:rsidRPr="0004014D">
+              <w:r w:rsidRPr="002755B4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>lespy@numhub.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF2F21" w:rsidRPr="009451B1" w14:paraId="04423462" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1E87D6EA" w14:textId="69345559" w:rsidR="00AF2F21" w:rsidRPr="0004014D" w:rsidRDefault="00AF2F21" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
@@ -2290,59 +2281,59 @@
               <w:t>470-519-9290</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F9FCC3F" w14:textId="77777777" w:rsidR="00AF2F21" w:rsidRPr="0004014D" w:rsidRDefault="00AF2F21" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="106B6D06" w14:textId="3904EEE4" w:rsidR="00AF2F21" w:rsidRPr="0004014D" w:rsidRDefault="00AF2F21" w:rsidP="00657460">
+          <w:p w14:paraId="106B6D06" w14:textId="3904EEE4" w:rsidR="00AF2F21" w:rsidRPr="002755B4" w:rsidRDefault="00AF2F21" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r w:rsidRPr="0004014D">
+              <w:r w:rsidRPr="002755B4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>mvarigonda@numhub.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="1D0DDDF2" w14:textId="77777777" w:rsidTr="005B66F5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5D6181F1" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
@@ -2417,72 +2408,180 @@
           </w:tcPr>
           <w:p w14:paraId="0A609EAF" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>613-292-9143</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37B45AD8" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+          <w:p w14:paraId="37B45AD8" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="002755B4" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidRPr="0004014D">
+              <w:r w:rsidRPr="002755B4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Bassam.abon_attwan@bell.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="002755B4" w:rsidRPr="009451B1" w14:paraId="6A2643D5" w14:textId="77777777" w:rsidTr="005B66F5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="260"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E5BFEF7" w14:textId="2CECE60F" w:rsidR="002755B4" w:rsidRPr="0004014D" w:rsidRDefault="002755B4" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bandwidth</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5126CB" w14:textId="29F5CD1F" w:rsidR="002755B4" w:rsidRPr="0004014D" w:rsidRDefault="002755B4" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lisa Jill Freeman</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="564A0426" w14:textId="6AF7AF4E" w:rsidR="002755B4" w:rsidRPr="0004014D" w:rsidRDefault="002755B4" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002755B4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>919-439-3571</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="708E0DCD" w14:textId="77777777" w:rsidR="002755B4" w:rsidRPr="0004014D" w:rsidRDefault="002755B4" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14B4762C" w14:textId="7F3AE9AD" w:rsidR="002755B4" w:rsidRPr="002755B4" w:rsidRDefault="002755B4" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002755B4">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ljfreeman@bandwidth.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="5155265B" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="344C97F1" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2545,58 +2644,58 @@
           </w:tcPr>
           <w:p w14:paraId="2218C4BB" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>613-222-9390</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B400038" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0004014D">
+          <w:p w14:paraId="2B400038" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="002755B4" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002755B4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Louise.Ferland@bell.ca</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="3BBE9B1F" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7544898B" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
@@ -2659,59 +2758,59 @@
           </w:tcPr>
           <w:p w14:paraId="06E1AE03" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>613-795-2777</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1ADD6D81" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+          <w:p w14:paraId="1ADD6D81" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="002755B4" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidRPr="0004014D">
+              <w:r w:rsidRPr="002755B4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Matthew.peacock@bell.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="58CB11DF" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4DB32042" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
@@ -2771,58 +2870,58 @@
               <w:t>314-225-2207</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="724D854F" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23002D00" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0004014D">
+          <w:p w14:paraId="23002D00" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="002755B4" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002755B4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>kk@bigrivercom.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="5F171A42" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2F552A52" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -2897,58 +2996,58 @@
               <w:t>516-803-6232</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AF64CBE" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45EAE319" w14:textId="5C595739" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="0055674F" w:rsidP="00657460">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="0004014D">
+          <w:p w14:paraId="45EAE319" w14:textId="5C595739" w:rsidR="00657460" w:rsidRPr="002755B4" w:rsidRDefault="0055674F" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002755B4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Deborah.Anstead@optimum.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="03CA2790" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="215"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="74BA5E14" w14:textId="4E809A08" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
@@ -3013,59 +3112,59 @@
               <w:t>415-703-2767</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AF4D352" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D5BBF64" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+          <w:p w14:paraId="3D5BBF64" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="002755B4" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r w:rsidRPr="0004014D">
+              <w:r w:rsidRPr="002755B4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>chr@cpuc.ca.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="3140E0F5" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5F41FA54" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
@@ -3131,60 +3230,60 @@
           </w:tcPr>
           <w:p w14:paraId="0E75DE96" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>613-853-2909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AE8D504" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+          <w:p w14:paraId="5AE8D504" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="002755B4" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0004014D">
+            <w:r w:rsidRPr="002755B4">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>sarrazin@clnpc.ca</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="5E9D1AAF" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="620E8B16" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
@@ -3249,59 +3348,59 @@
           </w:tcPr>
           <w:p w14:paraId="145FB33C" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>613-286-0831</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="366BBF77" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+          <w:p w14:paraId="366BBF77" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="002755B4" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r w:rsidRPr="0004014D">
+              <w:r w:rsidRPr="002755B4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Rodger.mcnabb@clnpc.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="730C8614" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="06560CE8" w14:textId="6C2D7475" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
@@ -3912,51 +4011,50 @@
       <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="2AC87400" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="60BDF2F6" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Charter Communications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="721EB3B6" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kathy Troughton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4453,50 +4551,157 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2DA47C3F" w14:textId="33EFF771" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>David_shuman@cable.comcast.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00BA1FA8" w:rsidRPr="009451B1" w14:paraId="154D6464" w14:textId="77777777" w:rsidTr="004A2A4E">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24E48F43" w14:textId="5DB79907" w:rsidR="00BA1FA8" w:rsidRPr="0004014D" w:rsidRDefault="00BA1FA8" w:rsidP="00BA1FA8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Comcast</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F58C1E6" w14:textId="67769C93" w:rsidR="00BA1FA8" w:rsidRPr="0004014D" w:rsidRDefault="00BA1FA8" w:rsidP="00BA1FA8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>DS Littlefield</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B13761D" w14:textId="4C6196FB" w:rsidR="00BA1FA8" w:rsidRPr="0004014D" w:rsidRDefault="00BA1FA8" w:rsidP="00BA1FA8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>303-328-1145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A6FD31" w14:textId="77777777" w:rsidR="00BA1FA8" w:rsidRPr="0004014D" w:rsidRDefault="00BA1FA8" w:rsidP="00BA1FA8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4140" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="454C25A7" w14:textId="56EA0462" w:rsidR="00BA1FA8" w:rsidRPr="0004014D" w:rsidRDefault="00BA1FA8" w:rsidP="00BA1FA8">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002A152D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>DS_Littlefield2@cable.comcast.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="42E45E18" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0AC3D130" w14:textId="4E5E796F" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -4543,63 +4748,77 @@
               <w:t>888-565-43290x 301-3867</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AC25404" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C1DEB9B" w14:textId="53EAF948" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
-[...11 lines deleted...]
-              <w:t>Adrea_smith@cable.comcast.com</w:t>
+          <w:p w14:paraId="1C1DEB9B" w14:textId="6AB6FE56" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA1FA8">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0004014D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>drea_smith@cable.comcast.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00657460" w:rsidRPr="009451B1" w14:paraId="52A83B8E" w14:textId="77777777" w:rsidTr="004A2A4E">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4DFA8ED1" w14:textId="2D32F40B" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004014D">
               <w:rPr>
@@ -7252,51 +7471,50 @@
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4B3A2B72" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Hawaiian Telecom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11A1A14A" w14:textId="77777777" w:rsidR="00657460" w:rsidRPr="0004014D" w:rsidRDefault="00657460" w:rsidP="00657460">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0004014D">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Marc De Costa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -19915,91 +20133,101 @@
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1D0784E6" w14:textId="58D21805" w:rsidR="001A0919" w:rsidRDefault="001A0919" w:rsidP="001A0919">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="002060"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001A0919">
       <w:rPr>
         <w:color w:val="002060"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>NPIF Contact List</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0EF04EE3" w14:textId="3E7C6987" w:rsidR="00D94601" w:rsidRPr="00D94601" w:rsidRDefault="00BD7216" w:rsidP="001A0919">
+  <w:p w14:paraId="0EF04EE3" w14:textId="08CBF80F" w:rsidR="00D94601" w:rsidRPr="00D94601" w:rsidRDefault="00BD7216" w:rsidP="001A0919">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:color w:val="002060"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:color w:val="002060"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t>11</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00975ECE">
+      <w:rPr>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="002060"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="007A2792">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:color w:val="002060"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00975ECE">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:color w:val="002060"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t>05</w:t>
+      <w:t>9</w:t>
     </w:r>
     <w:r w:rsidR="00D94601" w:rsidRPr="00D94601">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:color w:val="002060"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
     <w:r w:rsidR="006E3883">
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:color w:val="002060"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
@@ -20080,60 +20308,59 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1583830292">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="257521891">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="108625128">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="941377213">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="90113"/>
+    <o:shapedefaults v:ext="edit" spidmax="94209"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B165E3"/>
     <w:rsid w:val="000005DB"/>
     <w:rsid w:val="0000141B"/>
     <w:rsid w:val="00006939"/>
     <w:rsid w:val="00010C4B"/>
     <w:rsid w:val="0001110B"/>
     <w:rsid w:val="00011B8E"/>
@@ -20274,69 +20501,71 @@
     <w:rsid w:val="001F3ED3"/>
     <w:rsid w:val="001F4517"/>
     <w:rsid w:val="001F48B5"/>
     <w:rsid w:val="001F4DBC"/>
     <w:rsid w:val="001F6E8B"/>
     <w:rsid w:val="001F6ECD"/>
     <w:rsid w:val="002008E8"/>
     <w:rsid w:val="002032D0"/>
     <w:rsid w:val="00203FD7"/>
     <w:rsid w:val="002050A4"/>
     <w:rsid w:val="00211CAE"/>
     <w:rsid w:val="00211EDD"/>
     <w:rsid w:val="002124E4"/>
     <w:rsid w:val="002138FF"/>
     <w:rsid w:val="00223E2D"/>
     <w:rsid w:val="00223FB1"/>
     <w:rsid w:val="00226ABE"/>
     <w:rsid w:val="00230D36"/>
     <w:rsid w:val="00232372"/>
     <w:rsid w:val="00232752"/>
     <w:rsid w:val="00233B34"/>
     <w:rsid w:val="00233F5E"/>
     <w:rsid w:val="00234C8D"/>
     <w:rsid w:val="00235E93"/>
     <w:rsid w:val="00236205"/>
+    <w:rsid w:val="0023732C"/>
     <w:rsid w:val="00242D0F"/>
     <w:rsid w:val="00243ECE"/>
     <w:rsid w:val="00244B1E"/>
     <w:rsid w:val="002457D3"/>
     <w:rsid w:val="0024595C"/>
     <w:rsid w:val="002474A9"/>
     <w:rsid w:val="00247FAF"/>
     <w:rsid w:val="00250FAB"/>
     <w:rsid w:val="00251C75"/>
     <w:rsid w:val="002522FD"/>
     <w:rsid w:val="002533CD"/>
     <w:rsid w:val="00255BF0"/>
     <w:rsid w:val="00257EFC"/>
     <w:rsid w:val="00263493"/>
     <w:rsid w:val="00264FAB"/>
     <w:rsid w:val="00267D1B"/>
     <w:rsid w:val="002732C6"/>
     <w:rsid w:val="002732F7"/>
     <w:rsid w:val="002738BE"/>
+    <w:rsid w:val="002755B4"/>
     <w:rsid w:val="0028789F"/>
     <w:rsid w:val="00287A5C"/>
     <w:rsid w:val="0029115A"/>
     <w:rsid w:val="00291171"/>
     <w:rsid w:val="0029221C"/>
     <w:rsid w:val="00296E27"/>
     <w:rsid w:val="00296E9C"/>
     <w:rsid w:val="00297BB5"/>
     <w:rsid w:val="002A132A"/>
     <w:rsid w:val="002A2965"/>
     <w:rsid w:val="002A4B45"/>
     <w:rsid w:val="002A55FA"/>
     <w:rsid w:val="002B0FC6"/>
     <w:rsid w:val="002B5BE4"/>
     <w:rsid w:val="002B7806"/>
     <w:rsid w:val="002C1753"/>
     <w:rsid w:val="002C37C2"/>
     <w:rsid w:val="002C79EC"/>
     <w:rsid w:val="002D0B58"/>
     <w:rsid w:val="002D0D82"/>
     <w:rsid w:val="002D1F60"/>
     <w:rsid w:val="002D7674"/>
     <w:rsid w:val="002D782E"/>
     <w:rsid w:val="002D7DAF"/>
     <w:rsid w:val="002E0ABA"/>
@@ -20452,50 +20681,51 @@
     <w:rsid w:val="00450678"/>
     <w:rsid w:val="00456680"/>
     <w:rsid w:val="0046109C"/>
     <w:rsid w:val="004630E1"/>
     <w:rsid w:val="004673EE"/>
     <w:rsid w:val="00471403"/>
     <w:rsid w:val="00473A1D"/>
     <w:rsid w:val="004763CB"/>
     <w:rsid w:val="0047740F"/>
     <w:rsid w:val="004801CD"/>
     <w:rsid w:val="00486D8B"/>
     <w:rsid w:val="00491887"/>
     <w:rsid w:val="00496034"/>
     <w:rsid w:val="004974EA"/>
     <w:rsid w:val="0049754A"/>
     <w:rsid w:val="00497F14"/>
     <w:rsid w:val="004A09D6"/>
     <w:rsid w:val="004A298D"/>
     <w:rsid w:val="004A2A4E"/>
     <w:rsid w:val="004A2BCB"/>
     <w:rsid w:val="004A3CEA"/>
     <w:rsid w:val="004A60F4"/>
     <w:rsid w:val="004A6741"/>
     <w:rsid w:val="004B0AA6"/>
     <w:rsid w:val="004B0D78"/>
+    <w:rsid w:val="004B29BB"/>
     <w:rsid w:val="004B6520"/>
     <w:rsid w:val="004C18E9"/>
     <w:rsid w:val="004C26C9"/>
     <w:rsid w:val="004C3195"/>
     <w:rsid w:val="004C6698"/>
     <w:rsid w:val="004C70F7"/>
     <w:rsid w:val="004D01DC"/>
     <w:rsid w:val="004D1F22"/>
     <w:rsid w:val="004D4880"/>
     <w:rsid w:val="004D500C"/>
     <w:rsid w:val="004D65A6"/>
     <w:rsid w:val="004D697A"/>
     <w:rsid w:val="004D7BBB"/>
     <w:rsid w:val="004E089B"/>
     <w:rsid w:val="004E13D7"/>
     <w:rsid w:val="004E2C6E"/>
     <w:rsid w:val="004E6BA3"/>
     <w:rsid w:val="004E7326"/>
     <w:rsid w:val="004F08DC"/>
     <w:rsid w:val="004F34C9"/>
     <w:rsid w:val="004F49D7"/>
     <w:rsid w:val="004F5AE3"/>
     <w:rsid w:val="004F733E"/>
     <w:rsid w:val="004F7632"/>
     <w:rsid w:val="005036BC"/>
@@ -20569,50 +20799,51 @@
     <w:rsid w:val="005E0935"/>
     <w:rsid w:val="005E2626"/>
     <w:rsid w:val="005E2781"/>
     <w:rsid w:val="005E4AE5"/>
     <w:rsid w:val="005E4B72"/>
     <w:rsid w:val="005E4D05"/>
     <w:rsid w:val="005E5E6D"/>
     <w:rsid w:val="005E7672"/>
     <w:rsid w:val="005F23E7"/>
     <w:rsid w:val="005F4516"/>
     <w:rsid w:val="005F5CD0"/>
     <w:rsid w:val="005F63A5"/>
     <w:rsid w:val="00601028"/>
     <w:rsid w:val="006022D9"/>
     <w:rsid w:val="006026B1"/>
     <w:rsid w:val="00602736"/>
     <w:rsid w:val="00610839"/>
     <w:rsid w:val="00610AFC"/>
     <w:rsid w:val="006154ED"/>
     <w:rsid w:val="00617430"/>
     <w:rsid w:val="00620B0C"/>
     <w:rsid w:val="0062170E"/>
     <w:rsid w:val="00630074"/>
     <w:rsid w:val="0064224C"/>
     <w:rsid w:val="00645DDD"/>
+    <w:rsid w:val="0064609A"/>
     <w:rsid w:val="00646497"/>
     <w:rsid w:val="00652BE6"/>
     <w:rsid w:val="00657460"/>
     <w:rsid w:val="00657985"/>
     <w:rsid w:val="006579FB"/>
     <w:rsid w:val="00663F04"/>
     <w:rsid w:val="006663EA"/>
     <w:rsid w:val="00666E43"/>
     <w:rsid w:val="00667AA9"/>
     <w:rsid w:val="006709AB"/>
     <w:rsid w:val="00671F69"/>
     <w:rsid w:val="0067214C"/>
     <w:rsid w:val="006743B9"/>
     <w:rsid w:val="00681515"/>
     <w:rsid w:val="00682175"/>
     <w:rsid w:val="00682299"/>
     <w:rsid w:val="006831C8"/>
     <w:rsid w:val="00683721"/>
     <w:rsid w:val="00696BAA"/>
     <w:rsid w:val="006A1A35"/>
     <w:rsid w:val="006A2EC6"/>
     <w:rsid w:val="006A36CA"/>
     <w:rsid w:val="006A40FA"/>
     <w:rsid w:val="006A54A4"/>
     <w:rsid w:val="006B3D18"/>
@@ -20635,50 +20866,51 @@
     <w:rsid w:val="006E6EC9"/>
     <w:rsid w:val="006F2D54"/>
     <w:rsid w:val="006F30FC"/>
     <w:rsid w:val="006F3C97"/>
     <w:rsid w:val="006F4527"/>
     <w:rsid w:val="0070030E"/>
     <w:rsid w:val="00703C2A"/>
     <w:rsid w:val="007049B0"/>
     <w:rsid w:val="0070581E"/>
     <w:rsid w:val="00706AC7"/>
     <w:rsid w:val="00713EAC"/>
     <w:rsid w:val="00714395"/>
     <w:rsid w:val="00714F01"/>
     <w:rsid w:val="00715AB7"/>
     <w:rsid w:val="00722A5B"/>
     <w:rsid w:val="007232A6"/>
     <w:rsid w:val="007238F8"/>
     <w:rsid w:val="0072473F"/>
     <w:rsid w:val="00725BB7"/>
     <w:rsid w:val="00726189"/>
     <w:rsid w:val="007274C0"/>
     <w:rsid w:val="007319C7"/>
     <w:rsid w:val="007323A8"/>
     <w:rsid w:val="00736BB7"/>
     <w:rsid w:val="00737544"/>
+    <w:rsid w:val="0074294D"/>
     <w:rsid w:val="00742FBD"/>
     <w:rsid w:val="007575ED"/>
     <w:rsid w:val="007623BF"/>
     <w:rsid w:val="00765A75"/>
     <w:rsid w:val="00766BF2"/>
     <w:rsid w:val="007709C7"/>
     <w:rsid w:val="00771F02"/>
     <w:rsid w:val="00772C6F"/>
     <w:rsid w:val="0077359B"/>
     <w:rsid w:val="0077408C"/>
     <w:rsid w:val="00776E79"/>
     <w:rsid w:val="00781AEE"/>
     <w:rsid w:val="007822A6"/>
     <w:rsid w:val="00782687"/>
     <w:rsid w:val="00785A4F"/>
     <w:rsid w:val="00786A90"/>
     <w:rsid w:val="00791156"/>
     <w:rsid w:val="00791E75"/>
     <w:rsid w:val="00796156"/>
     <w:rsid w:val="00796BE3"/>
     <w:rsid w:val="0079710C"/>
     <w:rsid w:val="007A09A8"/>
     <w:rsid w:val="007A2792"/>
     <w:rsid w:val="007A6D4C"/>
     <w:rsid w:val="007A732E"/>
@@ -20691,50 +20923,51 @@
     <w:rsid w:val="007C0098"/>
     <w:rsid w:val="007C73A0"/>
     <w:rsid w:val="007D1ACA"/>
     <w:rsid w:val="007D5B12"/>
     <w:rsid w:val="007E0548"/>
     <w:rsid w:val="007E0C36"/>
     <w:rsid w:val="007E2085"/>
     <w:rsid w:val="007E7E39"/>
     <w:rsid w:val="007F0E48"/>
     <w:rsid w:val="007F2FA8"/>
     <w:rsid w:val="007F7FDD"/>
     <w:rsid w:val="0080129A"/>
     <w:rsid w:val="00804CA9"/>
     <w:rsid w:val="00804E5E"/>
     <w:rsid w:val="00806CBB"/>
     <w:rsid w:val="00810701"/>
     <w:rsid w:val="0081260F"/>
     <w:rsid w:val="00812F03"/>
     <w:rsid w:val="00813101"/>
     <w:rsid w:val="008147AF"/>
     <w:rsid w:val="00814D61"/>
     <w:rsid w:val="008170EA"/>
     <w:rsid w:val="00822579"/>
     <w:rsid w:val="008229A8"/>
     <w:rsid w:val="00823B3C"/>
+    <w:rsid w:val="00823B41"/>
     <w:rsid w:val="008261B2"/>
     <w:rsid w:val="0082669A"/>
     <w:rsid w:val="00832E38"/>
     <w:rsid w:val="00833C17"/>
     <w:rsid w:val="008345A7"/>
     <w:rsid w:val="00835E2B"/>
     <w:rsid w:val="008360CB"/>
     <w:rsid w:val="008371EF"/>
     <w:rsid w:val="008375C8"/>
     <w:rsid w:val="008404C4"/>
     <w:rsid w:val="008450E0"/>
     <w:rsid w:val="008467AD"/>
     <w:rsid w:val="0084745A"/>
     <w:rsid w:val="00850AC5"/>
     <w:rsid w:val="008515E7"/>
     <w:rsid w:val="0085495D"/>
     <w:rsid w:val="008565FF"/>
     <w:rsid w:val="008577E6"/>
     <w:rsid w:val="008577FC"/>
     <w:rsid w:val="00862C4B"/>
     <w:rsid w:val="0086645B"/>
     <w:rsid w:val="00872E3F"/>
     <w:rsid w:val="00874D64"/>
     <w:rsid w:val="00876AD4"/>
     <w:rsid w:val="00884B47"/>
@@ -20769,50 +21002,51 @@
     <w:rsid w:val="00916877"/>
     <w:rsid w:val="00917165"/>
     <w:rsid w:val="0092080A"/>
     <w:rsid w:val="00921925"/>
     <w:rsid w:val="0092427C"/>
     <w:rsid w:val="00926C75"/>
     <w:rsid w:val="00927058"/>
     <w:rsid w:val="00931FBA"/>
     <w:rsid w:val="009346C6"/>
     <w:rsid w:val="009347E1"/>
     <w:rsid w:val="009427FB"/>
     <w:rsid w:val="00942A8D"/>
     <w:rsid w:val="0094405F"/>
     <w:rsid w:val="009451B1"/>
     <w:rsid w:val="00946E3C"/>
     <w:rsid w:val="00950026"/>
     <w:rsid w:val="0095149E"/>
     <w:rsid w:val="00951E11"/>
     <w:rsid w:val="00952F41"/>
     <w:rsid w:val="0096010B"/>
     <w:rsid w:val="0096127E"/>
     <w:rsid w:val="00965097"/>
     <w:rsid w:val="00971AD7"/>
     <w:rsid w:val="0097304A"/>
     <w:rsid w:val="00973FC5"/>
+    <w:rsid w:val="00975ECE"/>
     <w:rsid w:val="00976A57"/>
     <w:rsid w:val="00977574"/>
     <w:rsid w:val="00984DB5"/>
     <w:rsid w:val="00985EE2"/>
     <w:rsid w:val="00992800"/>
     <w:rsid w:val="0099527D"/>
     <w:rsid w:val="00996432"/>
     <w:rsid w:val="009967DA"/>
     <w:rsid w:val="009A1794"/>
     <w:rsid w:val="009A3F92"/>
     <w:rsid w:val="009A4B76"/>
     <w:rsid w:val="009A67E9"/>
     <w:rsid w:val="009B1876"/>
     <w:rsid w:val="009B5008"/>
     <w:rsid w:val="009C14CA"/>
     <w:rsid w:val="009C19BB"/>
     <w:rsid w:val="009C1C37"/>
     <w:rsid w:val="009C26CD"/>
     <w:rsid w:val="009C665C"/>
     <w:rsid w:val="009C7196"/>
     <w:rsid w:val="009D23B9"/>
     <w:rsid w:val="009D2651"/>
     <w:rsid w:val="009D7E68"/>
     <w:rsid w:val="009E4969"/>
     <w:rsid w:val="009E6068"/>
@@ -20903,50 +21137,51 @@
     <w:rsid w:val="00B33907"/>
     <w:rsid w:val="00B33C98"/>
     <w:rsid w:val="00B3518A"/>
     <w:rsid w:val="00B401C5"/>
     <w:rsid w:val="00B40845"/>
     <w:rsid w:val="00B409D8"/>
     <w:rsid w:val="00B4155E"/>
     <w:rsid w:val="00B4164E"/>
     <w:rsid w:val="00B43B2B"/>
     <w:rsid w:val="00B45CAD"/>
     <w:rsid w:val="00B478D3"/>
     <w:rsid w:val="00B47CC5"/>
     <w:rsid w:val="00B53DC4"/>
     <w:rsid w:val="00B5771E"/>
     <w:rsid w:val="00B60210"/>
     <w:rsid w:val="00B6151C"/>
     <w:rsid w:val="00B61A3B"/>
     <w:rsid w:val="00B61B33"/>
     <w:rsid w:val="00B64D8A"/>
     <w:rsid w:val="00B66670"/>
     <w:rsid w:val="00B817B4"/>
     <w:rsid w:val="00B85720"/>
     <w:rsid w:val="00B87A10"/>
     <w:rsid w:val="00B92D5C"/>
     <w:rsid w:val="00BA11DE"/>
+    <w:rsid w:val="00BA1FA8"/>
     <w:rsid w:val="00BA39DE"/>
     <w:rsid w:val="00BA3D45"/>
     <w:rsid w:val="00BA605F"/>
     <w:rsid w:val="00BA715C"/>
     <w:rsid w:val="00BA74F6"/>
     <w:rsid w:val="00BB3E06"/>
     <w:rsid w:val="00BB5158"/>
     <w:rsid w:val="00BC6446"/>
     <w:rsid w:val="00BD499A"/>
     <w:rsid w:val="00BD6C0C"/>
     <w:rsid w:val="00BD7216"/>
     <w:rsid w:val="00BE0E31"/>
     <w:rsid w:val="00BE1807"/>
     <w:rsid w:val="00BE3177"/>
     <w:rsid w:val="00C0315A"/>
     <w:rsid w:val="00C11394"/>
     <w:rsid w:val="00C12A71"/>
     <w:rsid w:val="00C15199"/>
     <w:rsid w:val="00C15441"/>
     <w:rsid w:val="00C15DDB"/>
     <w:rsid w:val="00C17D34"/>
     <w:rsid w:val="00C22D05"/>
     <w:rsid w:val="00C23641"/>
     <w:rsid w:val="00C264AB"/>
     <w:rsid w:val="00C312BD"/>
@@ -21256,51 +21491,51 @@
     <w:rsid w:val="00FE0211"/>
     <w:rsid w:val="00FE0450"/>
     <w:rsid w:val="00FE3D3D"/>
     <w:rsid w:val="00FE67DD"/>
     <w:rsid w:val="00FF070F"/>
     <w:rsid w:val="00FF2794"/>
     <w:rsid w:val="00FF6EF1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="90113"/>
+    <o:shapedefaults v:ext="edit" spidmax="94209"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="210AE831"/>
   <w15:docId w15:val="{FFD92A01-6E34-4D75-805E-FCA38F07D211}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -23508,75 +23743,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32F99724-96BA-4C11-96CE-FA6E6AB82B0F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1002</Words>
-  <Characters>14384</Characters>
+  <Words>1013</Words>
+  <Characters>14513</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1198</Lines>
-  <Paragraphs>1025</Paragraphs>
+  <Lines>1209</Lines>
+  <Paragraphs>1035</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>LNP Technical and Operational Requirements Task Force_</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>AT &amp; T</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14361</CharactersWithSpaces>
+  <CharactersWithSpaces>14491</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="360" baseType="variant">
       <vt:variant>
         <vt:i4>2949214</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>177</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:traci.brunner@windstream.com</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4063324</vt:i4>
       </vt:variant>
       <vt:variant>