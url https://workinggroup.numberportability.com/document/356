--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -94,98 +94,116 @@
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>NPAC SMS FUNCTIONALITY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A2755A7" w14:textId="77777777" w:rsidR="001635C0" w:rsidRDefault="001635C0">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="620DCDA5" w14:textId="77777777" w:rsidR="001635C0" w:rsidRDefault="001635C0">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="469714F3" w14:textId="43F2FCA4" w:rsidR="001635C0" w:rsidRDefault="001635C0" w:rsidP="00627FE6">
+    <w:p w14:paraId="469714F3" w14:textId="5089AAC0" w:rsidR="001635C0" w:rsidRDefault="001635C0" w:rsidP="00627FE6">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve">Rev: </w:t>
       </w:r>
       <w:r w:rsidR="008C5E73">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
-      <w:r w:rsidR="006F4A39">
+      <w:r w:rsidR="006F23B1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00627034">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:r w:rsidR="006F23B1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>November</w:t>
+      </w:r>
       <w:r w:rsidR="006F4A39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>October 08</w:t>
+        <w:t xml:space="preserve"> 0</w:t>
+      </w:r>
+      <w:r w:rsidR="006F23B1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="002C0D43">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002C0D43">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00CA0321">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
@@ -1949,92 +1967,104 @@
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="053361E5" w14:textId="2E50F862" w:rsidR="008279A1" w:rsidRDefault="0070165B" w:rsidP="002C5F17">
             <w:r>
               <w:t>Accepted</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F3F41D2" w14:textId="3D70A656" w:rsidR="008279A1" w:rsidRDefault="0070165B" w:rsidP="002C5F17">
+          <w:p w14:paraId="1F3F41D2" w14:textId="4C68627D" w:rsidR="008279A1" w:rsidRDefault="0052661C" w:rsidP="002C5F17">
             <w:r>
-              <w:t>Open</w:t>
+              <w:t>Requested</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="58CCCE88" w14:textId="5C745FF5" w:rsidR="008279A1" w:rsidRDefault="0070165B" w:rsidP="002C5F17">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>160</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="441C2EEB" w14:textId="7DFC4509" w:rsidR="008279A1" w:rsidRDefault="0070165B" w:rsidP="002C5F17">
             <w:hyperlink w:anchor="CO571" w:history="1">
               <w:r w:rsidRPr="0070165B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>CO571</w:t>
+                <w:t>CO</w:t>
+              </w:r>
+              <w:r w:rsidRPr="0070165B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>5</w:t>
+              </w:r>
+              <w:r w:rsidRPr="0070165B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>71</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C5F17" w:rsidRPr="00F4003B" w14:paraId="65408458" w14:textId="77777777" w:rsidTr="007F60E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="13CBC682" w14:textId="77777777" w:rsidR="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="002C5F17">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="5400"/>
               </w:tabs>
             </w:pPr>
@@ -2055,53 +2085,53 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CO 570 – SPID Migration SV Counting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72B0B8DF" w14:textId="7973F81E" w:rsidR="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="002C5F17">
+          <w:p w14:paraId="72B0B8DF" w14:textId="5B972DF9" w:rsidR="002C5F17" w:rsidRDefault="006F23B1" w:rsidP="002C5F17">
             <w:r>
-              <w:t>Accepted</w:t>
+              <w:t>Awaiting SOW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="00B12FBD" w14:textId="5BD2F526" w:rsidR="002C5F17" w:rsidRDefault="004928CA" w:rsidP="002C5F17">
             <w:r>
               <w:t>Requested</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -2202,104 +2232,92 @@
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2CFC86AA" w14:textId="120779B5" w:rsidR="001237E7" w:rsidRDefault="001237E7" w:rsidP="0065588A">
             <w:r>
               <w:t>Accepted</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EC6F0A0" w14:textId="3F51F8CF" w:rsidR="001237E7" w:rsidRDefault="001237E7" w:rsidP="0065588A">
+          <w:p w14:paraId="6EC6F0A0" w14:textId="51CB9E1F" w:rsidR="001237E7" w:rsidRDefault="002E651E" w:rsidP="0065588A">
             <w:r>
-              <w:t>Open</w:t>
+              <w:t>Implemented</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="610A098B" w14:textId="1B32F495" w:rsidR="001237E7" w:rsidRDefault="001237E7" w:rsidP="0065588A">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>159</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="591D12CE" w14:textId="192021A4" w:rsidR="001237E7" w:rsidRDefault="008C5E73" w:rsidP="0065588A">
             <w:hyperlink w:anchor="CO569" w:history="1">
               <w:r w:rsidRPr="008C5E73">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>CO</w:t>
-[...11 lines deleted...]
-                <w:t>69</w:t>
+                <w:t>CO569</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F60E6" w:rsidRPr="00F4003B" w14:paraId="47858A3D" w14:textId="77777777" w:rsidTr="007F60E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2975D4F2" w14:textId="77777777" w:rsidR="007F60E6" w:rsidRPr="00F4003B" w:rsidRDefault="007F60E6" w:rsidP="0065588A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="5400"/>
               </w:tabs>
             </w:pPr>
@@ -2332,53 +2350,53 @@
             </w:r>
             <w:r w:rsidR="004453B4">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>MURF File Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7893F19E" w14:textId="0830D8FB" w:rsidR="007F60E6" w:rsidRDefault="007F60E6" w:rsidP="0065588A">
+          <w:p w14:paraId="7893F19E" w14:textId="0B7DDDFC" w:rsidR="007F60E6" w:rsidRDefault="006F23B1" w:rsidP="0065588A">
             <w:r>
-              <w:t>Accepted</w:t>
+              <w:t>Awaiting SOW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5EA928C4" w14:textId="47138DEB" w:rsidR="007F60E6" w:rsidRDefault="004928CA" w:rsidP="0065588A">
             <w:r>
               <w:t>Requested</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
@@ -3463,73 +3481,174 @@
           <w:p w14:paraId="230ECE5C" w14:textId="41EE2F96" w:rsidR="00CE6F8B" w:rsidRPr="00CE6F8B" w:rsidRDefault="00CE6F8B" w:rsidP="00CE6F8B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:ind w:left="426"/>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE6F8B">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The draft CO was discussed, accepted and assigned # 571</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E3F7514" w14:textId="542DE10D" w:rsidR="004928CA" w:rsidRPr="00CE6F8B" w:rsidRDefault="00CE6F8B" w:rsidP="00CE6F8B">
+          <w:p w14:paraId="65DF2291" w14:textId="77777777" w:rsidR="004928CA" w:rsidRDefault="00CE6F8B" w:rsidP="00CE6F8B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="42"/>
               </w:numPr>
               <w:ind w:left="426"/>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE6F8B">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CMA to update this CO with # assigned, update CO Summary – Open COs and post a copy of CO 571 to the website</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6677F374" w14:textId="77777777" w:rsidR="0052661C" w:rsidRDefault="0052661C" w:rsidP="0052661C">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="788205C3" w14:textId="77777777" w:rsidR="0052661C" w:rsidRDefault="0052661C" w:rsidP="0052661C">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10/08/2025 NPIF Meeting</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A4EC186" w14:textId="77777777" w:rsidR="0052661C" w:rsidRPr="0052661C" w:rsidRDefault="0052661C" w:rsidP="0052661C">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="45"/>
+              </w:numPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0052661C">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Matt T. (iconectiv) reviewed CO 571</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A62E502" w14:textId="77777777" w:rsidR="0052661C" w:rsidRPr="0052661C" w:rsidRDefault="0052661C" w:rsidP="0052661C">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="45"/>
+              </w:numPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0052661C">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Consensus was reached to move CO 571 to Requested status</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E3F7514" w14:textId="0EF84177" w:rsidR="0052661C" w:rsidRPr="00586865" w:rsidRDefault="0052661C" w:rsidP="00586865">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="45"/>
+              </w:numPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0052661C">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CMA will change status and make updates to FRS in track changes mode for review at a future NPIF meeting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="881" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="537B565B" w14:textId="77777777" w:rsidR="004928CA" w:rsidRPr="000A27F0" w:rsidRDefault="004928CA" w:rsidP="000A27F0">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="-160" w:right="-96"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DACD5F2" w14:textId="6736355A" w:rsidR="004928CA" w:rsidRDefault="00CE6F8B" w:rsidP="000A27F0">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
@@ -3726,51 +3845,59 @@
               <w:t xml:space="preserve">SPID Migration SV Counting </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73726315" w14:textId="77777777" w:rsidR="002C5F17" w:rsidRPr="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="002C5F17">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="12" w:right="-88"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="002C5F17">
               <w:t>Business Need:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A520ECA" w14:textId="20698785" w:rsidR="002C5F17" w:rsidRPr="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="002C5F17">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5F17">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Although the SPID Migration Quota – All regions tunable was increased from 25 to 49 migrations/week in March 2025, Service Providers are scheduling more SPID Migrations than desired across available SPID migration windows to stay under the current maximum SV record count of 500,000 per region, as defined by the regional SPID Migration Quota – SVs tunable. This spreading out of SPID Migrations caused by the current SPID Migration SV quota causes additional workload on teams to manage and coordinate migration activities, including the HD, the SP’s System Engineers, TN/Code Admins, PMs, LNP </w:t>
+              <w:t xml:space="preserve">Although the SPID Migration Quota – All regions tunable was increased from 25 to 49 migrations/week in March 2025, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C5F17">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Service Providers are scheduling more SPID Migrations than desired across available SPID migration windows to stay under the current maximum SV record count of 500,000 per region, as defined by the regional SPID Migration Quota – SVs tunable. This spreading out of SPID Migrations caused by the current SPID Migration SV quota causes additional workload on teams to manage and coordinate migration activities, including the HD, the SP’s System Engineers, TN/Code Admins, PMs, LNP </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002C5F17">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PortIn</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002C5F17">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002C5F17">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PortOut</w:t>
             </w:r>
@@ -3804,127 +3931,129 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>and also</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="002C5F17">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> manage NPB records. Since pool SVs (LNP Type of Pool) are not sent to or maintained by local systems, including pool SVs in SPID migration quotas can limit the overall number of local system records that can be updated in weekly SPID migrations. In contrast, the NPAC SMS does maintain pool SV records in addition to the non-pool SV and NPB records managed by local systems, so the quantity of pool SVs that need to be updated during a SPID migration continues to be a consideration for the LNPA.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DEC421C" w14:textId="77777777" w:rsidR="002C5F17" w:rsidRPr="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="002C5F17">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5F17">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Because the number of records migrated by local systems and NPAC SMS can differ significantly, and because the SPID Migration calendar fills up as SPs spread out SPID Migrations to stay under the current SV quota, the industry could benefit by using different SPID Migration quotas to represent an NPAC SMS maximum and a local system maximum.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11D0D9E5" w14:textId="77777777" w:rsidR="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="002C5F17">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5F17">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>See also PIM 156.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="495B58D6" w14:textId="77777777" w:rsidR="008279A1" w:rsidRDefault="008279A1" w:rsidP="002C5F17">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4F73588A" w14:textId="204EDEAE" w:rsidR="008279A1" w:rsidRPr="008279A1" w:rsidRDefault="003C5E2A" w:rsidP="002C5F17">
+          <w:p w14:paraId="4F73588A" w14:textId="204EDEAE" w:rsidR="008279A1" w:rsidRPr="008279A1" w:rsidRDefault="008279A1" w:rsidP="002C5F17">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidR="008279A1" w:rsidRPr="003C5E2A">
+              <w:r w:rsidRPr="003C5E2A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>CO 5</w:t>
               </w:r>
-              <w:r w:rsidRPr="003C5E2A">
+              <w:r w:rsidR="003C5E2A" w:rsidRPr="003C5E2A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>70</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1281" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="171873B9" w14:textId="083BB755" w:rsidR="002C5F17" w:rsidRDefault="00A8164E" w:rsidP="003E61CA">
+          <w:p w14:paraId="171873B9" w14:textId="76B9D466" w:rsidR="002C5F17" w:rsidRDefault="006F23B1" w:rsidP="003E61CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Accepted</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Awaiting SOW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01DC9D9C" w14:textId="4E3D8913" w:rsidR="002C5F17" w:rsidRDefault="00A8164E" w:rsidP="00C753E3">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>08/06/2025 NPIF Meeting</w:t>
             </w:r>
@@ -3952,50 +4081,51 @@
               </w:rPr>
               <w:t>Draft CO (PIM 156 follow up) was reviewed by LNPA (Matt T.), accepted and assigned # 570</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15161862" w14:textId="77777777" w:rsidR="00A8164E" w:rsidRPr="00A8164E" w:rsidRDefault="00A8164E" w:rsidP="00A8164E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8164E">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>This Change Order recommends creating a new SPID Migration tunable (Local Systems SV Quota Tunable parameter)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BB21696" w14:textId="0030D042" w:rsidR="00A8164E" w:rsidRPr="00A8164E" w:rsidRDefault="00A8164E" w:rsidP="00A8164E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8164E">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>New AI – LNPA to investigate what SVs are included in the post-migration report</w:t>
@@ -4154,72 +4284,159 @@
           </w:p>
           <w:p w14:paraId="630E6EB8" w14:textId="27E7F4B3" w:rsidR="004928CA" w:rsidRPr="004928CA" w:rsidRDefault="004928CA" w:rsidP="004928CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004928CA">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>This AI is now closed</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="201C4A3D" w14:textId="0551DDE5" w:rsidR="004928CA" w:rsidRPr="004928CA" w:rsidRDefault="004928CA" w:rsidP="004928CA">
+          <w:p w14:paraId="2022CD14" w14:textId="77777777" w:rsidR="004928CA" w:rsidRDefault="004928CA" w:rsidP="004928CA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004928CA">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>New AI – NPIF co-chairs to reach out to the NAPM LLC to ask them to request an SOW for CO 570 from the vendor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69F88ED4" w14:textId="77777777" w:rsidR="006F23B1" w:rsidRDefault="006F23B1" w:rsidP="006F23B1">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C51AD47" w14:textId="77777777" w:rsidR="006F23B1" w:rsidRDefault="006F23B1" w:rsidP="006F23B1">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10/08/2025 NPIF Meeting</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="076B2816" w14:textId="77777777" w:rsidR="006F23B1" w:rsidRPr="006F23B1" w:rsidRDefault="006F23B1" w:rsidP="006F23B1">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F23B1">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">09102025-04 – NPIF co-chairs to reach out to the NAPM LLC to ask them to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F23B1">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>request an SOW for CO 570 from the vendor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="201C4A3D" w14:textId="34ED9089" w:rsidR="006F23B1" w:rsidRPr="00586865" w:rsidRDefault="006F23B1" w:rsidP="00586865">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="43"/>
+              </w:numPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F23B1">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>An SOW was requested</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="881" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7858CB51" w14:textId="77777777" w:rsidR="002C5F17" w:rsidRPr="000A27F0" w:rsidRDefault="002C5F17" w:rsidP="000A27F0">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="-160" w:right="-96"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="017CD55F" w14:textId="69C1C7F6" w:rsidR="002C5F17" w:rsidRDefault="00A8164E" w:rsidP="000A27F0">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
@@ -4301,50 +4518,51 @@
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkStart w:id="4" w:name="CO569"/>
       <w:tr w:rsidR="001237E7" w:rsidRPr="000A27F0" w14:paraId="59557A38" w14:textId="77777777" w:rsidTr="001237E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43B17D9A" w14:textId="4406B15B" w:rsidR="001237E7" w:rsidRDefault="008C5E73" w:rsidP="000A27F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText>HYPERLINK  \l "CO569"</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="001237E7" w:rsidRPr="008C5E73">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
@@ -4473,50 +4691,51 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001237E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>In calendar year 2024, 19.6% of SPID Migration requests submitted through the NPAC help desk used the SPID Migration Workbook method and the remainder (80.4%) used the newer method that does not require the workbook.  Given a significant majority of requests are using the new method, the LNPA would like the industry to consider sunsetting submitting requests using the SPID Migration Workbook.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61704C12" w14:textId="77777777" w:rsidR="001237E7" w:rsidRDefault="001237E7" w:rsidP="001237E7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001237E7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>The LNPA believes the SPID Migration Workbook is more cumbersome and time consuming for both users and LNPA staff, especially for users not familiar with the process. The significant usage of the newer method for submitting requests to the NPAC help desk demonstrates that this method is more efficient for users.  Reducing the number of options for submitting SPID Migrations through the NPAC help desk would make the corresponding M&amp;Ps clearer and potentially reduce confusion for users.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62663581" w14:textId="77777777" w:rsidR="003C5E2A" w:rsidRDefault="003C5E2A" w:rsidP="001237E7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0082F63F" w14:textId="497731DE" w:rsidR="003C5E2A" w:rsidRPr="001237E7" w:rsidRDefault="003C5E2A" w:rsidP="001237E7">
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="003C5E2A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>CO 5</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
@@ -4526,50 +4745,51 @@
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>69</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1281" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3B2D7E78" w14:textId="2AE230D8" w:rsidR="001237E7" w:rsidRDefault="002062AC" w:rsidP="003E61CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Accepted</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="164D523E" w14:textId="77777777" w:rsidR="001237E7" w:rsidRDefault="00484F07" w:rsidP="00C753E3">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>07/09/2025 NPIF Meeting</w:t>
@@ -4727,65 +4947,67 @@
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5F17">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CMA will have FRS updates ready for review at the September NPIF meeting</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E15A252" w14:textId="77777777" w:rsidR="004928CA" w:rsidRDefault="004928CA" w:rsidP="004928CA">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2C897197" w14:textId="77777777" w:rsidR="004928CA" w:rsidRPr="004928CA" w:rsidRDefault="004928CA" w:rsidP="004928CA">
+          <w:p w14:paraId="2C897197" w14:textId="77777777" w:rsidR="004928CA" w:rsidRPr="00586865" w:rsidRDefault="004928CA" w:rsidP="004928CA">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586865">
+              <w:rPr>
                 <w:b w:val="0"/>
-                <w:sz w:val="20"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>09/10/2025 NPIF Meeting</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55BFAC66" w14:textId="77777777" w:rsidR="004928CA" w:rsidRPr="004928CA" w:rsidRDefault="004928CA" w:rsidP="004928CA">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004928CA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4796,72 +5018,154 @@
           <w:p w14:paraId="1AC0845B" w14:textId="77777777" w:rsidR="004928CA" w:rsidRPr="004928CA" w:rsidRDefault="004928CA" w:rsidP="004928CA">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004928CA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Consensus was reached on proposed changes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B59822F" w14:textId="541DEAAB" w:rsidR="004928CA" w:rsidRPr="004928CA" w:rsidRDefault="004928CA" w:rsidP="004928CA">
+          <w:p w14:paraId="02B04C50" w14:textId="77777777" w:rsidR="004928CA" w:rsidRPr="00586865" w:rsidRDefault="004928CA" w:rsidP="004928CA">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004928CA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>CMA will accept the changes and post a clean copy of the FRS to the website</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26B9CE60" w14:textId="77777777" w:rsidR="002E651E" w:rsidRPr="00586865" w:rsidRDefault="002E651E" w:rsidP="00586865">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C1992B4" w14:textId="77777777" w:rsidR="002E651E" w:rsidRDefault="002E651E" w:rsidP="002E651E">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10/08/2025 NPIF Meeting</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E951F0D" w14:textId="77777777" w:rsidR="002E651E" w:rsidRPr="00586865" w:rsidRDefault="002E651E" w:rsidP="00586865">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586865">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Consensus was reached to move this CO to Implemented</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B59822F" w14:textId="39D5358D" w:rsidR="002E651E" w:rsidRPr="004928CA" w:rsidRDefault="002E651E" w:rsidP="002E651E">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00586865">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CMA to make the change to the status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="881" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13E41A0C" w14:textId="77777777" w:rsidR="001237E7" w:rsidRPr="000A27F0" w:rsidRDefault="001237E7" w:rsidP="000A27F0">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="-160" w:right="-96"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30C7F116" w14:textId="5CDD92F9" w:rsidR="001237E7" w:rsidRDefault="00624BEA" w:rsidP="000A27F0">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
@@ -5057,51 +5361,59 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F60E6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Business Need:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72CC1546" w14:textId="28629473" w:rsidR="0028702B" w:rsidRPr="0028702B" w:rsidRDefault="0028702B" w:rsidP="0028702B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0028702B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Currently, though NPBs having a pseudo-LRN (LRN = 000-000-0000) and the associated NPA-NXX-Xs are migrated when the NPA-NXX of the NPB exists in the NPA-NXX Selection Input Criteria SPID Migration Update Request Files (SIC-SMURF file), some local systems are only migrating the NPA-NXX-Xs that exist in the NPA-NXX-X SIC-SMURF file, which would not be the case for pseudo-LRN NPBs. For thousands-blocks, in addition to migrating a pseudo-LRN NPB object based on its NPA-NXX being included in the NPA-NXX SIC-SMURF file, the associated NPA-NXX-X object is migrated as well, since the two objects must be kept in sync. Additionally, there may be occasions an NPA-NXX-X that indicates it is a pseudo-LRN block is migrated by the NPAC, but the NPB does not exist. In these cases</w:t>
+              <w:t xml:space="preserve">Currently, though NPBs having a pseudo-LRN (LRN = 000-000-0000) and the associated NPA-NXX-Xs are migrated when the NPA-NXX of the NPB exists in the NPA-NXX Selection Input Criteria SPID Migration Update Request Files (SIC-SMURF file), some local systems are only migrating the NPA-NXX-Xs that exist in the NPA-NXX-X SIC-SMURF file, which would not be the case for pseudo-LRN NPBs. For thousands-blocks, in addition to migrating a pseudo-LRN NPB object based on its NPA-NXX being included in the NPA-NXX SIC-SMURF file, the associated NPA-NXX-X object is migrated as well, since the two objects must be kept in sync. Additionally, there may be occasions an NPA-NXX-X that indicates it is a pseudo-LRN block is migrated by the NPAC, but </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0028702B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>the NPB does not exist. In these cases</w:t>
             </w:r>
             <w:r w:rsidR="004453B4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="0028702B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the local system does not have a way to determine that the -X is related to a pseudo-LRN NPB, and should be migrated in the SOA/LSMS, because the -X download sent to the SOAs/LSMSs does not include a pseudo-LRN indicator. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56ED386A" w14:textId="77777777" w:rsidR="007F60E6" w:rsidRDefault="0028702B" w:rsidP="0028702B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0028702B">
               <w:rPr>
@@ -5122,64 +5434,65 @@
           <w:p w14:paraId="0F609365" w14:textId="399E22D9" w:rsidR="0028702B" w:rsidRPr="007F60E6" w:rsidRDefault="0028702B" w:rsidP="0028702B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>CO 567</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1281" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0703371A" w14:textId="05512FD5" w:rsidR="007F60E6" w:rsidRDefault="002062AC" w:rsidP="003E61CA">
+          <w:p w14:paraId="0703371A" w14:textId="521654AD" w:rsidR="007F60E6" w:rsidRDefault="006F23B1" w:rsidP="003E61CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Accepted</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Awaiting SOW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="623858B4" w14:textId="77777777" w:rsidR="007F60E6" w:rsidRDefault="0028702B" w:rsidP="00C753E3">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/02/2024 NPIF Meeting</w:t>
             </w:r>
@@ -5353,74 +5666,160 @@
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="39"/>
               </w:numPr>
               <w:ind w:left="336"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004928CA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Consensus was reached to move CO 567 to requested status</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="216596C5" w14:textId="238FB40C" w:rsidR="004928CA" w:rsidRPr="0028702B" w:rsidRDefault="004928CA" w:rsidP="004928CA">
+          <w:p w14:paraId="74339484" w14:textId="77777777" w:rsidR="004928CA" w:rsidRDefault="004928CA" w:rsidP="004928CA">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:ind w:left="336"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004928CA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>New AI – NPIF co-chairs to reach out to the NAPM LLC to ask them to request an SOW for CO 567 from the vendor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A5B8C66" w14:textId="77777777" w:rsidR="006F23B1" w:rsidRDefault="006F23B1" w:rsidP="006F23B1">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69A94B74" w14:textId="77777777" w:rsidR="006F23B1" w:rsidRDefault="006F23B1" w:rsidP="006F23B1">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10/08/2025 NPIF Meeting</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66DBD404" w14:textId="77777777" w:rsidR="006F23B1" w:rsidRDefault="006F23B1" w:rsidP="006F23B1">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:ind w:left="336"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F23B1">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>09102025-03– NPIF co-chairs to reach out to the NAPM LLC to ask them to request an SOW for CO 567 from the vendor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="216596C5" w14:textId="1DFF513A" w:rsidR="006F23B1" w:rsidRPr="006F23B1" w:rsidRDefault="006F23B1" w:rsidP="006F23B1">
+            <w:pPr>
+              <w:pStyle w:val="Title"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="38"/>
+              </w:numPr>
+              <w:ind w:left="336"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006F23B1">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>An SOW was requested</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="881" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5155D17E" w14:textId="77777777" w:rsidR="007F60E6" w:rsidRPr="000A27F0" w:rsidRDefault="007F60E6" w:rsidP="000A27F0">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="-160" w:right="-96"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6452A504" w14:textId="2672D82B" w:rsidR="007F60E6" w:rsidRDefault="0028702B" w:rsidP="000A27F0">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
@@ -5574,51 +5973,50 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino">
-    <w:altName w:val="Book Antiqua"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="6X13">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -5628,51 +6026,51 @@
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="36FAF775" w14:textId="3B3D7247" w:rsidR="0072510C" w:rsidRDefault="0072510C">
+  <w:p w14:paraId="36FAF775" w14:textId="456E25BF" w:rsidR="0072510C" w:rsidRDefault="0072510C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="7200"/>
         <w:tab w:val="right" w:pos="14400"/>
       </w:tabs>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>NPIF – Number Portability Industry Forum</w:t>
     </w:r>
     <w:r>
@@ -5727,81 +6125,97 @@
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Rev </w:t>
     </w:r>
     <w:r w:rsidR="002C0D43">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00756E35">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="006F4A39">
+    <w:r w:rsidR="006F23B1">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>8</w:t>
+      <w:t>9</w:t>
     </w:r>
     <w:r w:rsidR="009D2AE9">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidR="002C0D43">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="006F4A39">
+    <w:r w:rsidR="006F23B1">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>October 08</w:t>
+      <w:t>November</w:t>
+    </w:r>
+    <w:r w:rsidR="006F4A39">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 0</w:t>
+    </w:r>
+    <w:r w:rsidR="006F23B1">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="002C0D43">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>, 202</w:t>
     </w:r>
     <w:r w:rsidR="00CA0321">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1BEE4921" w14:textId="77777777" w:rsidR="005063B0" w:rsidRDefault="005063B0">
@@ -7797,50 +8211,163 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="326632F5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="40C6606E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="360E71CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D714DBA0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7909,51 +8436,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="367C61D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CF7EA3B2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8022,54 +8549,54 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="369C33BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9F70FC6E"/>
+    <w:tmpl w:val="3138907E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -8135,51 +8662,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AE7617C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6FC2E9B4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="702" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1422" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8248,51 +8775,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5742" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6462" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B696B5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2DDEF31A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8361,51 +8888,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CE6753A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="101E9FA4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8474,51 +9001,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E101A6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A282F05A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8587,51 +9114,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42B30620"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6370303A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8700,51 +9227,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4731668D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F7BEDC22"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5461592A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EEC6DEC6"/>
     <w:lvl w:ilvl="0" w:tplc="5B0A08D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -8815,51 +9455,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58410616"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C407BA8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8928,51 +9568,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B7864D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="648E259E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9041,51 +9681,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60F4476D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88C8DF80"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9154,51 +9794,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="627B639D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A56CAFA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9267,51 +9907,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="687D532F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC927ED0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9380,51 +10020,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69E54F91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="790A1650"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9493,51 +10133,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B3065EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B62EA020"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9606,51 +10246,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BAF6546"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="015C9476"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9719,51 +10359,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D400AE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="866EA52A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9832,51 +10472,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72E87D6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA727E50"/>
     <w:lvl w:ilvl="0" w:tplc="4D82E6FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9945,51 +10585,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74E66982"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E24E6980"/>
     <w:lvl w:ilvl="0" w:tplc="4D82E6FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10058,51 +10698,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="768E658C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DBC81840"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10171,51 +10811,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76B432FB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="17B4D502"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78F52BA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C1FA067E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10284,51 +11037,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B1813B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC7C577A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10397,51 +11150,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C841C88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C9A342C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10510,51 +11263,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E171B26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6F0EDAD0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10630,183 +11383,192 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1085145739">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1193108399">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="754473995">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2121029305">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1375345977">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1220939440">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1020544456">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="484201859">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="861364334">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="256713457">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="500969096">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="315107955">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="167521699">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1399402366">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1110395748">
-    <w:abstractNumId w:val="38"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2056611600">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1706566207">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="464469824">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1099133561">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1906337823">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1172839779">
-    <w:abstractNumId w:val="41"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="725759936">
-    <w:abstractNumId w:val="39"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1165820527">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="449056113">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="686977943">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1877616034">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1379547548">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="696345761">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="2083217300">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="157504956">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1547640027">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1075467713">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="558396970">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1369139251">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="2123962797">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1768186746">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1177840716">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1524635323">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="282151836">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="160199661">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="998270242">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="440228388">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="981545831">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="1515610946">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="2119638731">
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="124929"/>
+    <o:shapedefaults v:ext="edit" spidmax="129025"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00953336"/>
     <w:rsid w:val="00001457"/>
     <w:rsid w:val="00002B41"/>
     <w:rsid w:val="00003160"/>
     <w:rsid w:val="00003B3C"/>
@@ -11059,50 +11821,51 @@
     <w:rsid w:val="00165C0F"/>
     <w:rsid w:val="00166796"/>
     <w:rsid w:val="001670D3"/>
     <w:rsid w:val="00167138"/>
     <w:rsid w:val="00167ADA"/>
     <w:rsid w:val="00171156"/>
     <w:rsid w:val="00171870"/>
     <w:rsid w:val="00172C36"/>
     <w:rsid w:val="00173BFC"/>
     <w:rsid w:val="00173C32"/>
     <w:rsid w:val="00173E1A"/>
     <w:rsid w:val="0017460A"/>
     <w:rsid w:val="00174967"/>
     <w:rsid w:val="00174A97"/>
     <w:rsid w:val="00174D7E"/>
     <w:rsid w:val="00175B6B"/>
     <w:rsid w:val="00175E0C"/>
     <w:rsid w:val="0017718C"/>
     <w:rsid w:val="00177517"/>
     <w:rsid w:val="00180AC8"/>
     <w:rsid w:val="00181336"/>
     <w:rsid w:val="00181B18"/>
     <w:rsid w:val="00181FCE"/>
     <w:rsid w:val="0018319B"/>
     <w:rsid w:val="001853CC"/>
+    <w:rsid w:val="0018555C"/>
     <w:rsid w:val="00185A9F"/>
     <w:rsid w:val="00186201"/>
     <w:rsid w:val="00190320"/>
     <w:rsid w:val="0019124F"/>
     <w:rsid w:val="00191633"/>
     <w:rsid w:val="0019312B"/>
     <w:rsid w:val="00193AEB"/>
     <w:rsid w:val="00194687"/>
     <w:rsid w:val="00194EC7"/>
     <w:rsid w:val="00195959"/>
     <w:rsid w:val="001976E6"/>
     <w:rsid w:val="001979F9"/>
     <w:rsid w:val="00197C56"/>
     <w:rsid w:val="001A036E"/>
     <w:rsid w:val="001A0C1F"/>
     <w:rsid w:val="001A25AA"/>
     <w:rsid w:val="001A26F5"/>
     <w:rsid w:val="001A2FA2"/>
     <w:rsid w:val="001A4747"/>
     <w:rsid w:val="001A50CB"/>
     <w:rsid w:val="001A6C98"/>
     <w:rsid w:val="001A70A3"/>
     <w:rsid w:val="001B0659"/>
     <w:rsid w:val="001B346C"/>
     <w:rsid w:val="001B3513"/>
@@ -11308,50 +12071,51 @@
     <w:rsid w:val="002D3E32"/>
     <w:rsid w:val="002D4298"/>
     <w:rsid w:val="002D4346"/>
     <w:rsid w:val="002D44F1"/>
     <w:rsid w:val="002D4564"/>
     <w:rsid w:val="002D487C"/>
     <w:rsid w:val="002D4BEF"/>
     <w:rsid w:val="002D4F20"/>
     <w:rsid w:val="002D644D"/>
     <w:rsid w:val="002D6660"/>
     <w:rsid w:val="002D6E24"/>
     <w:rsid w:val="002D6ED4"/>
     <w:rsid w:val="002E0773"/>
     <w:rsid w:val="002E07DF"/>
     <w:rsid w:val="002E09C6"/>
     <w:rsid w:val="002E0B3F"/>
     <w:rsid w:val="002E0E47"/>
     <w:rsid w:val="002E128A"/>
     <w:rsid w:val="002E14DF"/>
     <w:rsid w:val="002E23B9"/>
     <w:rsid w:val="002E27B2"/>
     <w:rsid w:val="002E2B26"/>
     <w:rsid w:val="002E4328"/>
     <w:rsid w:val="002E5722"/>
     <w:rsid w:val="002E624B"/>
+    <w:rsid w:val="002E651E"/>
     <w:rsid w:val="002E6831"/>
     <w:rsid w:val="002E6E7B"/>
     <w:rsid w:val="002E7E89"/>
     <w:rsid w:val="002E7F5D"/>
     <w:rsid w:val="002F09DB"/>
     <w:rsid w:val="002F0E3F"/>
     <w:rsid w:val="002F1874"/>
     <w:rsid w:val="002F1DD2"/>
     <w:rsid w:val="002F2491"/>
     <w:rsid w:val="002F2CCF"/>
     <w:rsid w:val="002F435F"/>
     <w:rsid w:val="002F4584"/>
     <w:rsid w:val="002F459A"/>
     <w:rsid w:val="002F543F"/>
     <w:rsid w:val="002F5B89"/>
     <w:rsid w:val="002F6209"/>
     <w:rsid w:val="002F6EC2"/>
     <w:rsid w:val="002F70ED"/>
     <w:rsid w:val="002F7D95"/>
     <w:rsid w:val="003003F8"/>
     <w:rsid w:val="003004C8"/>
     <w:rsid w:val="00300C71"/>
     <w:rsid w:val="0030129A"/>
     <w:rsid w:val="0030140F"/>
     <w:rsid w:val="00301C0F"/>
@@ -11674,50 +12438,51 @@
     <w:rsid w:val="0050769C"/>
     <w:rsid w:val="00510D37"/>
     <w:rsid w:val="005115F9"/>
     <w:rsid w:val="0051210B"/>
     <w:rsid w:val="005123F3"/>
     <w:rsid w:val="00512634"/>
     <w:rsid w:val="0051273D"/>
     <w:rsid w:val="005138AF"/>
     <w:rsid w:val="00513EC2"/>
     <w:rsid w:val="005162B4"/>
     <w:rsid w:val="005166D2"/>
     <w:rsid w:val="005168EC"/>
     <w:rsid w:val="005201CE"/>
     <w:rsid w:val="005204E0"/>
     <w:rsid w:val="00520B52"/>
     <w:rsid w:val="00521128"/>
     <w:rsid w:val="005217D0"/>
     <w:rsid w:val="00521A6E"/>
     <w:rsid w:val="00522739"/>
     <w:rsid w:val="005236DA"/>
     <w:rsid w:val="00523DBA"/>
     <w:rsid w:val="005244A6"/>
     <w:rsid w:val="00525DD1"/>
     <w:rsid w:val="00525F49"/>
     <w:rsid w:val="005261D4"/>
+    <w:rsid w:val="0052661C"/>
     <w:rsid w:val="005279CF"/>
     <w:rsid w:val="00530135"/>
     <w:rsid w:val="005313D3"/>
     <w:rsid w:val="0053141F"/>
     <w:rsid w:val="00532792"/>
     <w:rsid w:val="005330BE"/>
     <w:rsid w:val="00533959"/>
     <w:rsid w:val="00534608"/>
     <w:rsid w:val="00534720"/>
     <w:rsid w:val="00534ED7"/>
     <w:rsid w:val="00535118"/>
     <w:rsid w:val="0053607B"/>
     <w:rsid w:val="0053673C"/>
     <w:rsid w:val="00537756"/>
     <w:rsid w:val="00537836"/>
     <w:rsid w:val="00540257"/>
     <w:rsid w:val="005407D1"/>
     <w:rsid w:val="00541402"/>
     <w:rsid w:val="005429E5"/>
     <w:rsid w:val="00542E51"/>
     <w:rsid w:val="00544B3A"/>
     <w:rsid w:val="005458B8"/>
     <w:rsid w:val="00545AE1"/>
     <w:rsid w:val="0054704B"/>
     <w:rsid w:val="005475CC"/>
@@ -11738,50 +12503,51 @@
     <w:rsid w:val="00557422"/>
     <w:rsid w:val="0055776F"/>
     <w:rsid w:val="00557C04"/>
     <w:rsid w:val="00557F7D"/>
     <w:rsid w:val="00561B7D"/>
     <w:rsid w:val="00562018"/>
     <w:rsid w:val="0056319D"/>
     <w:rsid w:val="005643D8"/>
     <w:rsid w:val="00564CE1"/>
     <w:rsid w:val="0056583F"/>
     <w:rsid w:val="00570638"/>
     <w:rsid w:val="0057347D"/>
     <w:rsid w:val="00573572"/>
     <w:rsid w:val="00573EC8"/>
     <w:rsid w:val="005751E1"/>
     <w:rsid w:val="00575A01"/>
     <w:rsid w:val="00575B48"/>
     <w:rsid w:val="0057716D"/>
     <w:rsid w:val="0058023A"/>
     <w:rsid w:val="00580F63"/>
     <w:rsid w:val="00581502"/>
     <w:rsid w:val="00584B63"/>
     <w:rsid w:val="00585607"/>
     <w:rsid w:val="00585D16"/>
     <w:rsid w:val="005860EB"/>
+    <w:rsid w:val="00586865"/>
     <w:rsid w:val="00587200"/>
     <w:rsid w:val="00590C8A"/>
     <w:rsid w:val="005929E0"/>
     <w:rsid w:val="00594DBE"/>
     <w:rsid w:val="00596379"/>
     <w:rsid w:val="00596660"/>
     <w:rsid w:val="005966FD"/>
     <w:rsid w:val="00596F4E"/>
     <w:rsid w:val="0059752A"/>
     <w:rsid w:val="005A0391"/>
     <w:rsid w:val="005A105A"/>
     <w:rsid w:val="005A33C5"/>
     <w:rsid w:val="005A38E1"/>
     <w:rsid w:val="005A58E4"/>
     <w:rsid w:val="005A7987"/>
     <w:rsid w:val="005B0649"/>
     <w:rsid w:val="005B1B76"/>
     <w:rsid w:val="005B2D23"/>
     <w:rsid w:val="005B4772"/>
     <w:rsid w:val="005B478F"/>
     <w:rsid w:val="005B4D36"/>
     <w:rsid w:val="005B4D53"/>
     <w:rsid w:val="005B4EBF"/>
     <w:rsid w:val="005B5061"/>
     <w:rsid w:val="005B5266"/>
@@ -11942,50 +12708,51 @@
     <w:rsid w:val="006C3EF1"/>
     <w:rsid w:val="006C4457"/>
     <w:rsid w:val="006C4939"/>
     <w:rsid w:val="006C5087"/>
     <w:rsid w:val="006C615D"/>
     <w:rsid w:val="006C691A"/>
     <w:rsid w:val="006C724E"/>
     <w:rsid w:val="006C74D2"/>
     <w:rsid w:val="006D0169"/>
     <w:rsid w:val="006D029F"/>
     <w:rsid w:val="006D060D"/>
     <w:rsid w:val="006D0C57"/>
     <w:rsid w:val="006D1068"/>
     <w:rsid w:val="006D125C"/>
     <w:rsid w:val="006D1CBE"/>
     <w:rsid w:val="006D44F6"/>
     <w:rsid w:val="006D54B1"/>
     <w:rsid w:val="006D5C8F"/>
     <w:rsid w:val="006E1FF4"/>
     <w:rsid w:val="006E3537"/>
     <w:rsid w:val="006E3D08"/>
     <w:rsid w:val="006E6C9A"/>
     <w:rsid w:val="006E7473"/>
     <w:rsid w:val="006F1982"/>
     <w:rsid w:val="006F1C8C"/>
+    <w:rsid w:val="006F23B1"/>
     <w:rsid w:val="006F2815"/>
     <w:rsid w:val="006F2C6D"/>
     <w:rsid w:val="006F2EDF"/>
     <w:rsid w:val="006F330E"/>
     <w:rsid w:val="006F4083"/>
     <w:rsid w:val="006F4114"/>
     <w:rsid w:val="006F4A39"/>
     <w:rsid w:val="006F5370"/>
     <w:rsid w:val="006F65C1"/>
     <w:rsid w:val="006F700E"/>
     <w:rsid w:val="006F703B"/>
     <w:rsid w:val="0070165B"/>
     <w:rsid w:val="007017DD"/>
     <w:rsid w:val="007018B6"/>
     <w:rsid w:val="007028B5"/>
     <w:rsid w:val="00703858"/>
     <w:rsid w:val="00703B6D"/>
     <w:rsid w:val="007045A2"/>
     <w:rsid w:val="0070492B"/>
     <w:rsid w:val="0070554E"/>
     <w:rsid w:val="00706050"/>
     <w:rsid w:val="007060A9"/>
     <w:rsid w:val="0070761D"/>
     <w:rsid w:val="007104ED"/>
     <w:rsid w:val="00710F1F"/>
@@ -12274,50 +13041,51 @@
     <w:rsid w:val="008F1609"/>
     <w:rsid w:val="008F3D0E"/>
     <w:rsid w:val="008F3FD5"/>
     <w:rsid w:val="008F40EE"/>
     <w:rsid w:val="008F6806"/>
     <w:rsid w:val="008F68CD"/>
     <w:rsid w:val="008F6AF1"/>
     <w:rsid w:val="008F79A3"/>
     <w:rsid w:val="00900148"/>
     <w:rsid w:val="00900806"/>
     <w:rsid w:val="009013AF"/>
     <w:rsid w:val="00901540"/>
     <w:rsid w:val="00901EF2"/>
     <w:rsid w:val="00901F5B"/>
     <w:rsid w:val="009020EE"/>
     <w:rsid w:val="00903313"/>
     <w:rsid w:val="009038C3"/>
     <w:rsid w:val="009038DE"/>
     <w:rsid w:val="00903E65"/>
     <w:rsid w:val="009041C1"/>
     <w:rsid w:val="0090505A"/>
     <w:rsid w:val="0090521E"/>
     <w:rsid w:val="009071C6"/>
     <w:rsid w:val="00907327"/>
     <w:rsid w:val="00907ECE"/>
+    <w:rsid w:val="00910757"/>
     <w:rsid w:val="009109F5"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="00911283"/>
     <w:rsid w:val="00911A41"/>
     <w:rsid w:val="0091245D"/>
     <w:rsid w:val="009131B4"/>
     <w:rsid w:val="00913C15"/>
     <w:rsid w:val="00914B9A"/>
     <w:rsid w:val="00915309"/>
     <w:rsid w:val="0091554F"/>
     <w:rsid w:val="00915CF5"/>
     <w:rsid w:val="00915F6C"/>
     <w:rsid w:val="00915FAA"/>
     <w:rsid w:val="009171D8"/>
     <w:rsid w:val="0092030A"/>
     <w:rsid w:val="00920A7F"/>
     <w:rsid w:val="00921836"/>
     <w:rsid w:val="00921D88"/>
     <w:rsid w:val="00921E86"/>
     <w:rsid w:val="0092361D"/>
     <w:rsid w:val="00924AA4"/>
     <w:rsid w:val="00925131"/>
     <w:rsid w:val="009270E5"/>
     <w:rsid w:val="009276C4"/>
     <w:rsid w:val="009311D6"/>
@@ -12511,50 +13279,51 @@
     <w:rsid w:val="00A63FE2"/>
     <w:rsid w:val="00A6452C"/>
     <w:rsid w:val="00A65C4E"/>
     <w:rsid w:val="00A6612A"/>
     <w:rsid w:val="00A66EC7"/>
     <w:rsid w:val="00A67128"/>
     <w:rsid w:val="00A67649"/>
     <w:rsid w:val="00A6777B"/>
     <w:rsid w:val="00A67927"/>
     <w:rsid w:val="00A7026F"/>
     <w:rsid w:val="00A70746"/>
     <w:rsid w:val="00A7084A"/>
     <w:rsid w:val="00A71F78"/>
     <w:rsid w:val="00A739DD"/>
     <w:rsid w:val="00A74B7D"/>
     <w:rsid w:val="00A81352"/>
     <w:rsid w:val="00A8164E"/>
     <w:rsid w:val="00A81D38"/>
     <w:rsid w:val="00A82DF2"/>
     <w:rsid w:val="00A8373C"/>
     <w:rsid w:val="00A83B5D"/>
     <w:rsid w:val="00A844D4"/>
     <w:rsid w:val="00A851C3"/>
     <w:rsid w:val="00A90933"/>
     <w:rsid w:val="00A92F53"/>
+    <w:rsid w:val="00A9455F"/>
     <w:rsid w:val="00A95C55"/>
     <w:rsid w:val="00A96FDD"/>
     <w:rsid w:val="00A971BB"/>
     <w:rsid w:val="00A9742F"/>
     <w:rsid w:val="00A97ED9"/>
     <w:rsid w:val="00AA0058"/>
     <w:rsid w:val="00AA0089"/>
     <w:rsid w:val="00AA01DA"/>
     <w:rsid w:val="00AA054A"/>
     <w:rsid w:val="00AA10F4"/>
     <w:rsid w:val="00AA1211"/>
     <w:rsid w:val="00AA1482"/>
     <w:rsid w:val="00AA2694"/>
     <w:rsid w:val="00AA2B9A"/>
     <w:rsid w:val="00AA2C4F"/>
     <w:rsid w:val="00AA33C3"/>
     <w:rsid w:val="00AA3507"/>
     <w:rsid w:val="00AA3CCE"/>
     <w:rsid w:val="00AA4AD1"/>
     <w:rsid w:val="00AA5F6E"/>
     <w:rsid w:val="00AA62F9"/>
     <w:rsid w:val="00AA6EE2"/>
     <w:rsid w:val="00AA7214"/>
     <w:rsid w:val="00AB0FE9"/>
     <w:rsid w:val="00AB111B"/>
@@ -12679,84 +13448,86 @@
     <w:rsid w:val="00B80691"/>
     <w:rsid w:val="00B816CB"/>
     <w:rsid w:val="00B82327"/>
     <w:rsid w:val="00B82368"/>
     <w:rsid w:val="00B82650"/>
     <w:rsid w:val="00B834B6"/>
     <w:rsid w:val="00B841E6"/>
     <w:rsid w:val="00B8505F"/>
     <w:rsid w:val="00B857E2"/>
     <w:rsid w:val="00B85EE9"/>
     <w:rsid w:val="00B868EB"/>
     <w:rsid w:val="00B86B22"/>
     <w:rsid w:val="00B873DA"/>
     <w:rsid w:val="00B909DC"/>
     <w:rsid w:val="00B9132F"/>
     <w:rsid w:val="00B929C1"/>
     <w:rsid w:val="00B92CB3"/>
     <w:rsid w:val="00B930BB"/>
     <w:rsid w:val="00B938CC"/>
     <w:rsid w:val="00B94A7E"/>
     <w:rsid w:val="00B956FC"/>
     <w:rsid w:val="00B95A5D"/>
     <w:rsid w:val="00B95AC6"/>
     <w:rsid w:val="00B95DE2"/>
     <w:rsid w:val="00B9605B"/>
+    <w:rsid w:val="00B9614D"/>
     <w:rsid w:val="00B96851"/>
     <w:rsid w:val="00B96AC5"/>
     <w:rsid w:val="00B97008"/>
     <w:rsid w:val="00B971F7"/>
     <w:rsid w:val="00B973E4"/>
     <w:rsid w:val="00BA04D7"/>
     <w:rsid w:val="00BA1999"/>
     <w:rsid w:val="00BA3972"/>
     <w:rsid w:val="00BA5A90"/>
     <w:rsid w:val="00BA5DA4"/>
     <w:rsid w:val="00BA7CD9"/>
     <w:rsid w:val="00BB0B3E"/>
     <w:rsid w:val="00BB1A92"/>
     <w:rsid w:val="00BB2AD8"/>
     <w:rsid w:val="00BB30F4"/>
     <w:rsid w:val="00BB35EB"/>
     <w:rsid w:val="00BB3BA6"/>
     <w:rsid w:val="00BB3ED0"/>
     <w:rsid w:val="00BB4515"/>
     <w:rsid w:val="00BB48D9"/>
     <w:rsid w:val="00BB55F1"/>
     <w:rsid w:val="00BB67A2"/>
     <w:rsid w:val="00BB74E7"/>
     <w:rsid w:val="00BB7CB3"/>
     <w:rsid w:val="00BC181E"/>
     <w:rsid w:val="00BC206D"/>
     <w:rsid w:val="00BC2D96"/>
     <w:rsid w:val="00BC3C78"/>
     <w:rsid w:val="00BC46BC"/>
     <w:rsid w:val="00BC480A"/>
     <w:rsid w:val="00BC5512"/>
     <w:rsid w:val="00BC5DCA"/>
     <w:rsid w:val="00BC6AC9"/>
     <w:rsid w:val="00BC6C56"/>
+    <w:rsid w:val="00BC6D23"/>
     <w:rsid w:val="00BD0A6C"/>
     <w:rsid w:val="00BD1D48"/>
     <w:rsid w:val="00BD2484"/>
     <w:rsid w:val="00BD32EE"/>
     <w:rsid w:val="00BD3366"/>
     <w:rsid w:val="00BD3466"/>
     <w:rsid w:val="00BD58F0"/>
     <w:rsid w:val="00BD68D7"/>
     <w:rsid w:val="00BD698E"/>
     <w:rsid w:val="00BE0989"/>
     <w:rsid w:val="00BE134B"/>
     <w:rsid w:val="00BE183A"/>
     <w:rsid w:val="00BE2A80"/>
     <w:rsid w:val="00BE393F"/>
     <w:rsid w:val="00BE39C5"/>
     <w:rsid w:val="00BE4587"/>
     <w:rsid w:val="00BE565D"/>
     <w:rsid w:val="00BE5F86"/>
     <w:rsid w:val="00BF1195"/>
     <w:rsid w:val="00BF17A5"/>
     <w:rsid w:val="00BF2E04"/>
     <w:rsid w:val="00BF4064"/>
     <w:rsid w:val="00BF4325"/>
     <w:rsid w:val="00BF6A4A"/>
     <w:rsid w:val="00BF7164"/>
@@ -13414,51 +14185,51 @@
     <w:rsid w:val="00FF0B7E"/>
     <w:rsid w:val="00FF32BA"/>
     <w:rsid w:val="00FF33FB"/>
     <w:rsid w:val="00FF3F63"/>
     <w:rsid w:val="00FF4A70"/>
     <w:rsid w:val="00FF52F0"/>
     <w:rsid w:val="00FF6B90"/>
     <w:rsid w:val="00FF7F76"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="124929"/>
+    <o:shapedefaults v:ext="edit" spidmax="129025"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="08B2DE86"/>
   <w15:docId w15:val="{DC23BE60-9244-46C6-A630-EAED8A363976}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -15584,70 +16355,70 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5213198-65C7-4F82-84B7-A186AFB030BB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2224</Words>
-  <Characters>10102</Characters>
+  <Words>2085</Words>
+  <Characters>10928</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>273</Lines>
-  <Paragraphs>241</Paragraphs>
+  <Lines>376</Lines>
+  <Paragraphs>185</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>iconectiv</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12085</CharactersWithSpaces>
+  <CharactersWithSpaces>12828</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>mdoherty@iconectiv.com</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>