--- v1 (2025-11-23)
+++ v2 (2026-01-23)
@@ -94,146 +94,135 @@
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>NPAC SMS FUNCTIONALITY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A2755A7" w14:textId="77777777" w:rsidR="001635C0" w:rsidRDefault="001635C0">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="620DCDA5" w14:textId="77777777" w:rsidR="001635C0" w:rsidRDefault="001635C0">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="469714F3" w14:textId="5089AAC0" w:rsidR="001635C0" w:rsidRDefault="001635C0" w:rsidP="00627FE6">
+    <w:p w14:paraId="469714F3" w14:textId="347E659F" w:rsidR="001635C0" w:rsidRDefault="001635C0" w:rsidP="00627FE6">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve">Rev: </w:t>
       </w:r>
       <w:r w:rsidR="008C5E73">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>21</w:t>
+        <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="006F23B1">
+      <w:r w:rsidR="00C0008C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>9</w:t>
+        <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00627034">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="006F23B1">
+      <w:r w:rsidR="00C0008C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>November</w:t>
+        <w:t xml:space="preserve">January </w:t>
       </w:r>
       <w:r w:rsidR="006F4A39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 0</w:t>
+        <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="006F23B1">
+      <w:r w:rsidR="00C0008C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="002C0D43">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>, 202</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="002C0D43">
+      <w:r w:rsidR="00C0008C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>202</w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00CA0321">
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00F41C70">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F41C70">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D0B783C" w14:textId="77777777" w:rsidR="001635C0" w:rsidRDefault="001635C0" w:rsidP="00627034">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
@@ -306,123 +295,95 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="77EEE6F1" w14:textId="77777777" w:rsidR="00FE0BBC" w:rsidRPr="00F4003B" w:rsidRDefault="00FE0BBC" w:rsidP="00FE0BBC"/>
     <w:p w14:paraId="231E9294" w14:textId="77777777" w:rsidR="00FE0BBC" w:rsidRDefault="00FE0BBC" w:rsidP="00FE0BBC">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Originally commissioned as a working group under the NANC (North American Numbering Council) t</w:t>
       </w:r>
       <w:r w:rsidRPr="000831E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>he LNPA WG (Local Number Portability Administration Working Group)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> dealt with Number Portability issues, processes/procedures and changes to the NPAC SMS. In December 2018 it was renamed the TOSC (Transition Oversight Sub Committee</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve"> dealt with Number Portability issues, processes/procedures and changes to the NPAC SMS. In December 2018 it was renamed the TOSC (Transition Oversight Sub Committee) and </w:t>
       </w:r>
       <w:r w:rsidR="00D3130B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>managed</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> issue</w:t>
       </w:r>
       <w:r w:rsidR="00D3130B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">/changes related to the transition of NPAC from the previous vendor to iconectiv. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66EA0850" w14:textId="77777777" w:rsidR="00FE0BBC" w:rsidRDefault="00FE0BBC" w:rsidP="00FE0BBC">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B4DC904" w14:textId="77777777" w:rsidR="00FE0BBC" w:rsidRDefault="00FE0BBC" w:rsidP="00FE0BBC">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>After the re-</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> of the NANC, the group became The Informal LNP Team until November of 2020 when the group restructured into the NPIF (Number Portability Industry Forum).  The NPIF works with the NAOWG (Number Administration Oversight Working Group) on any issues that require the involvement of NANC and continues its mission to manage processes/procedures, changes to the NPAC SMS and issues related to Number Portability.  </w:t>
+        <w:t xml:space="preserve">After the re-chartering of the NANC, the group became The Informal LNP Team until November of 2020 when the group restructured into the NPIF (Number Portability Industry Forum).  The NPIF works with the NAOWG (Number Administration Oversight Working Group) on any issues that require the involvement of NANC and continues its mission to manage processes/procedures, changes to the NPAC SMS and issues related to Number Portability.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32258422" w14:textId="77777777" w:rsidR="00FE0BBC" w:rsidRPr="000831E9" w:rsidRDefault="00FE0BBC" w:rsidP="00FE0BBC">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="644AD27C" w14:textId="13301F05" w:rsidR="00FE0BBC" w:rsidRDefault="00FE0BBC" w:rsidP="00FE0BBC">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000831E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -1191,73 +1152,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Requested - </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA054A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">The LNPA TOSC has reached agreement on the Change Order and either a SOW may be </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> or the requirements updates (Doc Only) will be included in a future version of the Industry Document(s).</w:t>
+        <w:t>The LNPA TOSC has reached agreement on the Change Order and either a SOW may be requested or the requirements updates (Doc Only) will be included in a future version of the Industry Document(s).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1320822D" w14:textId="77777777" w:rsidR="00FE0BBC" w:rsidRPr="00343F69" w:rsidRDefault="00FE0BBC" w:rsidP="00983D3D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="60" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00343F69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="242424"/>
@@ -1430,75 +1369,51 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="60" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4003B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">NPAC Level </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> Effort </w:t>
+        <w:t xml:space="preserve">NPAC Level Of Effort </w:t>
       </w:r>
       <w:r w:rsidRPr="00F4003B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>– This field defines the Level of Effort to implement the Change Order (Low, Medium or High)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="304A3DA9" w14:textId="77777777" w:rsidR="00FE0BBC" w:rsidRPr="00F4003B" w:rsidRDefault="00FE0BBC" w:rsidP="00983D3D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="60" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
@@ -1523,82 +1438,70 @@
           <w:bCs/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – CMIP or XML –This field indicates if there is an impact to the Local System (SOA or LSMS).  Choices are: Yes or No </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B2C4574" w14:textId="77777777" w:rsidR="00FE0BBC" w:rsidRPr="00F4003B" w:rsidRDefault="00FE0BBC" w:rsidP="00983D3D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="60" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F4003B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>PIM #</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4003B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> -</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> This is the Problem Identification Management number of the PIM associated with the Change Order.</w:t>
+        <w:t xml:space="preserve"> - This is the Problem Identification Management number of the PIM associated with the Change Order.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C712A70" w14:textId="77777777" w:rsidR="00FE0BBC" w:rsidRPr="00F4003B" w:rsidRDefault="00FE0BBC" w:rsidP="00983D3D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="60" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4003B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="242424"/>
@@ -1690,111 +1593,86 @@
       <w:tr w:rsidR="00847610" w14:paraId="00F9D5CC" w14:textId="77777777" w:rsidTr="007F60E6">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="1F7E354C" w14:textId="77777777" w:rsidR="00847610" w:rsidRDefault="00847610" w:rsidP="009D6FB7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Release #/</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Target Date</w:t>
+              <w:t>Release #/ Target Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7470" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="47CF613A" w14:textId="77777777" w:rsidR="00847610" w:rsidRDefault="00847610" w:rsidP="00824058">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Change </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Description/Name</w:t>
+              <w:t>Change Order # - Description/Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="79D1C5E2" w14:textId="77777777" w:rsidR="00847610" w:rsidRDefault="00847610" w:rsidP="00C654D6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1873,200 +1751,50 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7375959E" w14:textId="77777777" w:rsidR="00847610" w:rsidRDefault="00847610" w:rsidP="00C654D6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Go To Link</w:t>
             </w:r>
-          </w:p>
-[...148 lines deleted...]
-            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C5F17" w:rsidRPr="00F4003B" w14:paraId="65408458" w14:textId="77777777" w:rsidTr="007F60E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="13CBC682" w14:textId="77777777" w:rsidR="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="002C5F17">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="5400"/>
               </w:tabs>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -2143,181 +1871,50 @@
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="792A425B" w14:textId="7DBD71A7" w:rsidR="002C5F17" w:rsidRDefault="00BB35EB" w:rsidP="002C5F17">
             <w:hyperlink w:anchor="CO570" w:history="1">
               <w:r w:rsidRPr="00BB35EB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>CO570</w:t>
-              </w:r>
-[...129 lines deleted...]
-                <w:t>CO569</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F60E6" w:rsidRPr="00F4003B" w14:paraId="47858A3D" w14:textId="77777777" w:rsidTr="007F60E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2975D4F2" w14:textId="77777777" w:rsidR="007F60E6" w:rsidRPr="00F4003B" w:rsidRDefault="007F60E6" w:rsidP="0065588A">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="5400"/>
               </w:tabs>
             </w:pPr>
@@ -3188,595 +2785,72 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8DB3E2" w:themeFill="text2" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6801CA7C" w14:textId="77777777" w:rsidR="005D3DD3" w:rsidRPr="00672C1B" w:rsidRDefault="005D3DD3" w:rsidP="008B60FF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="-118" w:right="-108" w:hanging="5"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>LSMS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004928CA" w:rsidRPr="000A27F0" w14:paraId="321B22AE" w14:textId="77777777" w:rsidTr="001237E7">
-[...521 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="002C5F17" w:rsidRPr="000A27F0" w14:paraId="46350F62" w14:textId="77777777" w:rsidTr="001237E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="318711DB" w14:textId="608DFC96" w:rsidR="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="000A27F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="CO570"/>
+            <w:bookmarkStart w:id="2" w:name="CO570"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CO 570</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1070" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25C4C8ED" w14:textId="4E95779C" w:rsidR="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="000A27F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>iconectiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3845,214 +2919,156 @@
               <w:t xml:space="preserve">SPID Migration SV Counting </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73726315" w14:textId="77777777" w:rsidR="002C5F17" w:rsidRPr="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="002C5F17">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="12" w:right="-88"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="002C5F17">
               <w:t>Business Need:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A520ECA" w14:textId="20698785" w:rsidR="002C5F17" w:rsidRPr="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="002C5F17">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5F17">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Although the SPID Migration Quota – All regions tunable was increased from 25 to 49 migrations/week in March 2025, </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> teams, and the SP’s network providers. </w:t>
+              <w:t xml:space="preserve">Although the SPID Migration Quota – All regions tunable was increased from 25 to 49 migrations/week in March 2025, Service Providers are scheduling more SPID Migrations than desired across available SPID migration windows to stay under the current maximum SV record count of 500,000 per region, as defined by the regional SPID Migration Quota – SVs tunable. This spreading out of SPID Migrations caused by the current SPID Migration SV quota causes additional workload on teams to manage and coordinate migration activities, including the HD, the SP’s System Engineers, TN/Code Admins, PMs, LNP PortIn/PortOut teams, and the SP’s network providers. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="590E1FF1" w14:textId="77777777" w:rsidR="002C5F17" w:rsidRPr="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="002C5F17">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5F17">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">The SPID Migration Quota – SVs tunable currently defines the maximum number of SVs within a region for a given SPID Migration maintenance window, but the SV/NPB records that may be migrated by the NPAC SMS can differ from the records migrated by a local system. Local systems manage SV records for non-pool SVs (LNP Type of LSPP and LISP) </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> manage NPB records. Since pool SVs (LNP Type of Pool) are not sent to or maintained by local systems, including pool SVs in SPID migration quotas can limit the overall number of local system records that can be updated in weekly SPID migrations. In contrast, the NPAC SMS does maintain pool SV records in addition to the non-pool SV and NPB records managed by local systems, so the quantity of pool SVs that need to be updated during a SPID migration continues to be a consideration for the LNPA.</w:t>
+              <w:t>The SPID Migration Quota – SVs tunable currently defines the maximum number of SVs within a region for a given SPID Migration maintenance window, but the SV/NPB records that may be migrated by the NPAC SMS can differ from the records migrated by a local system. Local systems manage SV records for non-pool SVs (LNP Type of LSPP and LISP) and also manage NPB records. Since pool SVs (LNP Type of Pool) are not sent to or maintained by local systems, including pool SVs in SPID migration quotas can limit the overall number of local system records that can be updated in weekly SPID migrations. In contrast, the NPAC SMS does maintain pool SV records in addition to the non-pool SV and NPB records managed by local systems, so the quantity of pool SVs that need to be updated during a SPID migration continues to be a consideration for the LNPA.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DEC421C" w14:textId="77777777" w:rsidR="002C5F17" w:rsidRPr="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="002C5F17">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5F17">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Because the number of records migrated by local systems and NPAC SMS can differ significantly, and because the SPID Migration calendar fills up as SPs spread out SPID Migrations to stay under the current SV quota, the industry could benefit by using different SPID Migration quotas to represent an NPAC SMS maximum and a local system maximum.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11D0D9E5" w14:textId="77777777" w:rsidR="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="002C5F17">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5F17">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>See also PIM 156.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="495B58D6" w14:textId="77777777" w:rsidR="008279A1" w:rsidRDefault="008279A1" w:rsidP="002C5F17">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4F73588A" w14:textId="204EDEAE" w:rsidR="008279A1" w:rsidRPr="008279A1" w:rsidRDefault="008279A1" w:rsidP="002C5F17">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidRPr="003C5E2A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>CO 5</w:t>
               </w:r>
               <w:r w:rsidR="003C5E2A" w:rsidRPr="003C5E2A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>70</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1281" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="171873B9" w14:textId="76B9D466" w:rsidR="002C5F17" w:rsidRDefault="006F23B1" w:rsidP="003E61CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Awaiting SOW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01DC9D9C" w14:textId="4E3D8913" w:rsidR="002C5F17" w:rsidRDefault="00A8164E" w:rsidP="00C753E3">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>08/06/2025 NPIF Meeting</w:t>
@@ -4081,51 +3097,50 @@
               </w:rPr>
               <w:t>Draft CO (PIM 156 follow up) was reviewed by LNPA (Matt T.), accepted and assigned # 570</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15161862" w14:textId="77777777" w:rsidR="00A8164E" w:rsidRPr="00A8164E" w:rsidRDefault="00A8164E" w:rsidP="00A8164E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8164E">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>This Change Order recommends creating a new SPID Migration tunable (Local Systems SV Quota Tunable parameter)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BB21696" w14:textId="0030D042" w:rsidR="00A8164E" w:rsidRPr="00A8164E" w:rsidRDefault="00A8164E" w:rsidP="00A8164E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="37"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A8164E">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>New AI – LNPA to investigate what SVs are included in the post-migration report</w:t>
@@ -4358,61 +3373,51 @@
               </w:rPr>
               <w:t>10/08/2025 NPIF Meeting</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="076B2816" w14:textId="77777777" w:rsidR="006F23B1" w:rsidRPr="006F23B1" w:rsidRDefault="006F23B1" w:rsidP="006F23B1">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F23B1">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">09102025-04 – NPIF co-chairs to reach out to the NAPM LLC to ask them to </w:t>
-[...9 lines deleted...]
-              <w:t>request an SOW for CO 570 from the vendor</w:t>
+              <w:t>09102025-04 – NPIF co-chairs to reach out to the NAPM LLC to ask them to request an SOW for CO 570 from the vendor</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="201C4A3D" w14:textId="34ED9089" w:rsidR="006F23B1" w:rsidRPr="00586865" w:rsidRDefault="006F23B1" w:rsidP="00586865">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="43"/>
               </w:numPr>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F23B1">
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>An SOW was requested</w:t>
             </w:r>
@@ -4481,819 +3486,90 @@
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30A8E361" w14:textId="122CA6A5" w:rsidR="002C5F17" w:rsidRDefault="00A8164E" w:rsidP="000A27F0">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A27DC23" w14:textId="1480F738" w:rsidR="002C5F17" w:rsidRDefault="00A8164E" w:rsidP="000A27F0">
-            <w:pPr>
-[...727 lines deleted...]
-          <w:p w14:paraId="396B02C1" w14:textId="31E4B03D" w:rsidR="001237E7" w:rsidRDefault="00624BEA" w:rsidP="000A27F0">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="-98" w:right="-108"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F60E6" w:rsidRPr="000A27F0" w14:paraId="259EC02A" w14:textId="77777777" w:rsidTr="001237E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2225B363" w14:textId="6FDB2B82" w:rsidR="007F60E6" w:rsidRPr="00181B18" w:rsidRDefault="007F60E6" w:rsidP="000A27F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="CO567"/>
+            <w:bookmarkStart w:id="3" w:name="CO567"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CO 567</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1070" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B5FA892" w14:textId="58A1187C" w:rsidR="007F60E6" w:rsidRDefault="007F60E6" w:rsidP="000A27F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>iconectiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -5361,137 +3637,128 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F60E6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Business Need:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72CC1546" w14:textId="28629473" w:rsidR="0028702B" w:rsidRPr="0028702B" w:rsidRDefault="0028702B" w:rsidP="0028702B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0028702B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Currently, though NPBs having a pseudo-LRN (LRN = 000-000-0000) and the associated NPA-NXX-Xs are migrated when the NPA-NXX of the NPB exists in the NPA-NXX Selection Input Criteria SPID Migration Update Request Files (SIC-SMURF file), some local systems are only migrating the NPA-NXX-Xs that exist in the NPA-NXX-X SIC-SMURF file, which would not be the case for pseudo-LRN NPBs. For thousands-blocks, in addition to migrating a pseudo-LRN NPB object based on its NPA-NXX being included in the NPA-NXX SIC-SMURF file, the associated NPA-NXX-X object is migrated as well, since the two objects must be kept in sync. Additionally, there may be occasions an NPA-NXX-X that indicates it is a pseudo-LRN block is migrated by the NPAC, but </w:t>
-[...7 lines deleted...]
-              <w:t>the NPB does not exist. In these cases</w:t>
+              <w:t>Currently, though NPBs having a pseudo-LRN (LRN = 000-000-0000) and the associated NPA-NXX-Xs are migrated when the NPA-NXX of the NPB exists in the NPA-NXX Selection Input Criteria SPID Migration Update Request Files (SIC-SMURF file), some local systems are only migrating the NPA-NXX-Xs that exist in the NPA-NXX-X SIC-SMURF file, which would not be the case for pseudo-LRN NPBs. For thousands-blocks, in addition to migrating a pseudo-LRN NPB object based on its NPA-NXX being included in the NPA-NXX SIC-SMURF file, the associated NPA-NXX-X object is migrated as well, since the two objects must be kept in sync. Additionally, there may be occasions an NPA-NXX-X that indicates it is a pseudo-LRN block is migrated by the NPAC, but the NPB does not exist. In these cases</w:t>
             </w:r>
             <w:r w:rsidR="004453B4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="0028702B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the local system does not have a way to determine that the -X is related to a pseudo-LRN NPB, and should be migrated in the SOA/LSMS, because the -X download sent to the SOAs/LSMSs does not include a pseudo-LRN indicator. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56ED386A" w14:textId="77777777" w:rsidR="007F60E6" w:rsidRDefault="0028702B" w:rsidP="0028702B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0028702B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Because some local systems may not migrate -X objects for a pseudo-LRN block, consensus was reached during the discussion of PIM 154 that a new pseudo-LRN NPA-NXX-X SIC-SMURF file is needed. See also PIM 154.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EAF82D8" w14:textId="77777777" w:rsidR="0028702B" w:rsidRDefault="0028702B" w:rsidP="0028702B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0F609365" w14:textId="399E22D9" w:rsidR="0028702B" w:rsidRPr="007F60E6" w:rsidRDefault="0028702B" w:rsidP="0028702B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>CO 567</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1281" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0703371A" w14:textId="521654AD" w:rsidR="007F60E6" w:rsidRDefault="006F23B1" w:rsidP="003E61CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Awaiting SOW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2800" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="623858B4" w14:textId="77777777" w:rsidR="007F60E6" w:rsidRDefault="0028702B" w:rsidP="00C753E3">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10/02/2024 NPIF Meeting</w:t>
@@ -5689,51 +3956,50 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="74339484" w14:textId="77777777" w:rsidR="004928CA" w:rsidRDefault="004928CA" w:rsidP="004928CA">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="38"/>
               </w:numPr>
               <w:ind w:left="336"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004928CA">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>New AI – NPIF co-chairs to reach out to the NAPM LLC to ask them to request an SOW for CO 567 from the vendor</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A5B8C66" w14:textId="77777777" w:rsidR="006F23B1" w:rsidRDefault="006F23B1" w:rsidP="006F23B1">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="69A94B74" w14:textId="77777777" w:rsidR="006F23B1" w:rsidRDefault="006F23B1" w:rsidP="006F23B1">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5892,55 +4158,55 @@
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>OPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="26C52AA5" w14:textId="77777777" w:rsidR="001635C0" w:rsidRPr="000A27F0" w:rsidRDefault="001635C0" w:rsidP="003E2178">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="CO556"/>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkStart w:id="4" w:name="CO556"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:sectPr w:rsidR="001635C0" w:rsidRPr="000A27F0" w:rsidSect="000A42F5">
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="1008" w:right="720" w:bottom="540" w:left="720" w:header="720" w:footer="379" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7BAD8835" w14:textId="77777777" w:rsidR="005063B0" w:rsidRDefault="005063B0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3DA09541" w14:textId="77777777" w:rsidR="005063B0" w:rsidRDefault="005063B0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -6026,51 +4292,51 @@
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="36FAF775" w14:textId="456E25BF" w:rsidR="0072510C" w:rsidRDefault="0072510C">
+  <w:p w14:paraId="36FAF775" w14:textId="4E29E598" w:rsidR="0072510C" w:rsidRDefault="0072510C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="7200"/>
         <w:tab w:val="right" w:pos="14400"/>
       </w:tabs>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>NPIF – Number Portability Industry Forum</w:t>
     </w:r>
     <w:r>
@@ -6117,121 +4383,113 @@
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Rev </w:t>
     </w:r>
     <w:r w:rsidR="002C0D43">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00756E35">
+    <w:r w:rsidR="00C0008C">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>20</w:t>
     </w:r>
-    <w:r w:rsidR="006F23B1">
+    <w:r w:rsidR="009D2AE9">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>,</w:t>
     </w:r>
-    <w:r w:rsidR="009D2AE9">
+    <w:r w:rsidR="002C0D43">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>,</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="002C0D43">
+    <w:r w:rsidR="00C0008C">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t>January</w:t>
     </w:r>
-    <w:r w:rsidR="006F23B1">
+    <w:r w:rsidR="006F4A39">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>November</w:t>
+      <w:t xml:space="preserve"> 0</w:t>
     </w:r>
-    <w:r w:rsidR="006F4A39">
+    <w:r w:rsidR="00C0008C">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 0</w:t>
+      <w:t>7,</w:t>
     </w:r>
-    <w:r w:rsidR="006F23B1">
+    <w:r w:rsidR="002C0D43">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t xml:space="preserve"> 202</w:t>
     </w:r>
-    <w:r w:rsidR="002C0D43">
+    <w:r w:rsidR="00C0008C">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>, 202</w:t>
-[...7 lines deleted...]
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1BEE4921" w14:textId="77777777" w:rsidR="005063B0" w:rsidRDefault="005063B0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="641559F5" w14:textId="77777777" w:rsidR="005063B0" w:rsidRDefault="005063B0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="15FDC188" w14:textId="77777777" w:rsidR="005063B0" w:rsidRDefault="005063B0"/>
   </w:footnote>
 </w:footnotes>
@@ -9682,50 +7940,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5BDC41B0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6C12906C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="60F4476D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88C8DF80"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9794,51 +8165,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="627B639D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6A56CAFA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9907,51 +8278,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="687D532F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC927ED0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10020,51 +8391,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69E54F91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="790A1650"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10133,51 +8504,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B3065EF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B62EA020"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10246,51 +8617,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BAF6546"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="015C9476"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10359,51 +8730,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6D400AE6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="866EA52A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10472,51 +8843,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72E87D6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA727E50"/>
     <w:lvl w:ilvl="0" w:tplc="4D82E6FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10585,51 +8956,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74E66982"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E24E6980"/>
     <w:lvl w:ilvl="0" w:tplc="4D82E6FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10698,51 +9069,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="768E658C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DBC81840"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10811,51 +9182,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76B432FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17B4D502"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10924,51 +9295,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78F52BA0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C1FA067E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11037,51 +9408,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B1813B4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC7C577A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11150,51 +9521,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C841C88"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C9A342C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11263,51 +9634,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E171B26"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6F0EDAD0"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11401,174 +9772,176 @@
   <w:num w:numId="1" w16cid:durableId="1085145739">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1193108399">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="754473995">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2121029305">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1375345977">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1220939440">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1020544456">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="484201859">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="861364334">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="256713457">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="500969096">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="315107955">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="167521699">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1399402366">
-    <w:abstractNumId w:val="43"/>
+    <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1110395748">
-    <w:abstractNumId w:val="41"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2056611600">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1706566207">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="464469824">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1099133561">
-    <w:abstractNumId w:val="38"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1906337823">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1172839779">
-    <w:abstractNumId w:val="44"/>
+    <w:abstractNumId w:val="45"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="725759936">
-    <w:abstractNumId w:val="42"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1165820527">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="449056113">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="686977943">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1877616034">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1379547548">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="696345761">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="2083217300">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="157504956">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1547640027">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1075467713">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="558396970">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1369139251">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="2123962797">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1768186746">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1177840716">
-    <w:abstractNumId w:val="39"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1524635323">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="282151836">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="160199661">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="998270242">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="440228388">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="981545831">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1515610946">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="2119638731">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="560561726">
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="129025"/>
+    <o:shapedefaults v:ext="edit" spidmax="135169"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00953336"/>
     <w:rsid w:val="00001457"/>
     <w:rsid w:val="00002B41"/>
     <w:rsid w:val="00003160"/>
     <w:rsid w:val="00003B3C"/>
@@ -11913,62 +10286,64 @@
     <w:rsid w:val="001F2585"/>
     <w:rsid w:val="001F38FA"/>
     <w:rsid w:val="001F4339"/>
     <w:rsid w:val="001F4A23"/>
     <w:rsid w:val="001F5A03"/>
     <w:rsid w:val="001F64F9"/>
     <w:rsid w:val="001F6B7F"/>
     <w:rsid w:val="001F77EF"/>
     <w:rsid w:val="001F7C59"/>
     <w:rsid w:val="00201427"/>
     <w:rsid w:val="00202563"/>
     <w:rsid w:val="0020281D"/>
     <w:rsid w:val="00203295"/>
     <w:rsid w:val="002035F4"/>
     <w:rsid w:val="00203A62"/>
     <w:rsid w:val="0020579F"/>
     <w:rsid w:val="00205CA9"/>
     <w:rsid w:val="002062AC"/>
     <w:rsid w:val="00210058"/>
     <w:rsid w:val="0021014F"/>
     <w:rsid w:val="002109E1"/>
     <w:rsid w:val="00210D78"/>
     <w:rsid w:val="00210F7C"/>
     <w:rsid w:val="00212C32"/>
     <w:rsid w:val="00212D1C"/>
+    <w:rsid w:val="002130BF"/>
     <w:rsid w:val="002139D2"/>
     <w:rsid w:val="00214727"/>
     <w:rsid w:val="002147DA"/>
     <w:rsid w:val="00216C06"/>
     <w:rsid w:val="00220711"/>
     <w:rsid w:val="00221B26"/>
     <w:rsid w:val="0022219C"/>
     <w:rsid w:val="0022363E"/>
     <w:rsid w:val="0022383C"/>
     <w:rsid w:val="00223D32"/>
     <w:rsid w:val="00223FDC"/>
     <w:rsid w:val="0022482A"/>
+    <w:rsid w:val="00224901"/>
     <w:rsid w:val="00226610"/>
     <w:rsid w:val="00226F98"/>
     <w:rsid w:val="0023053A"/>
     <w:rsid w:val="00230921"/>
     <w:rsid w:val="00230D46"/>
     <w:rsid w:val="00231739"/>
     <w:rsid w:val="00231E28"/>
     <w:rsid w:val="00232D03"/>
     <w:rsid w:val="00233B84"/>
     <w:rsid w:val="002357E5"/>
     <w:rsid w:val="00236418"/>
     <w:rsid w:val="00236664"/>
     <w:rsid w:val="002370DB"/>
     <w:rsid w:val="00240C49"/>
     <w:rsid w:val="00240C55"/>
     <w:rsid w:val="00240C87"/>
     <w:rsid w:val="0024159C"/>
     <w:rsid w:val="00242A32"/>
     <w:rsid w:val="00242C3D"/>
     <w:rsid w:val="0024391D"/>
     <w:rsid w:val="0024425B"/>
     <w:rsid w:val="002446FE"/>
     <w:rsid w:val="002449FE"/>
     <w:rsid w:val="00244AE0"/>
     <w:rsid w:val="0024680E"/>
@@ -12090,50 +10465,51 @@
     <w:rsid w:val="002E23B9"/>
     <w:rsid w:val="002E27B2"/>
     <w:rsid w:val="002E2B26"/>
     <w:rsid w:val="002E4328"/>
     <w:rsid w:val="002E5722"/>
     <w:rsid w:val="002E624B"/>
     <w:rsid w:val="002E651E"/>
     <w:rsid w:val="002E6831"/>
     <w:rsid w:val="002E6E7B"/>
     <w:rsid w:val="002E7E89"/>
     <w:rsid w:val="002E7F5D"/>
     <w:rsid w:val="002F09DB"/>
     <w:rsid w:val="002F0E3F"/>
     <w:rsid w:val="002F1874"/>
     <w:rsid w:val="002F1DD2"/>
     <w:rsid w:val="002F2491"/>
     <w:rsid w:val="002F2CCF"/>
     <w:rsid w:val="002F435F"/>
     <w:rsid w:val="002F4584"/>
     <w:rsid w:val="002F459A"/>
     <w:rsid w:val="002F543F"/>
     <w:rsid w:val="002F5B89"/>
     <w:rsid w:val="002F6209"/>
     <w:rsid w:val="002F6EC2"/>
     <w:rsid w:val="002F70ED"/>
+    <w:rsid w:val="002F73DC"/>
     <w:rsid w:val="002F7D95"/>
     <w:rsid w:val="003003F8"/>
     <w:rsid w:val="003004C8"/>
     <w:rsid w:val="00300C71"/>
     <w:rsid w:val="0030129A"/>
     <w:rsid w:val="0030140F"/>
     <w:rsid w:val="00301C0F"/>
     <w:rsid w:val="003030DD"/>
     <w:rsid w:val="003037EA"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00304A98"/>
     <w:rsid w:val="0030558F"/>
     <w:rsid w:val="003137C3"/>
     <w:rsid w:val="003151A5"/>
     <w:rsid w:val="003158C6"/>
     <w:rsid w:val="00315B79"/>
     <w:rsid w:val="003161CF"/>
     <w:rsid w:val="0031663F"/>
     <w:rsid w:val="00316906"/>
     <w:rsid w:val="003203CC"/>
     <w:rsid w:val="00320424"/>
     <w:rsid w:val="003229C4"/>
     <w:rsid w:val="00322D8F"/>
     <w:rsid w:val="0032357B"/>
     <w:rsid w:val="00324592"/>
@@ -12323,50 +10699,51 @@
     <w:rsid w:val="00452B75"/>
     <w:rsid w:val="004531FB"/>
     <w:rsid w:val="00453946"/>
     <w:rsid w:val="00453959"/>
     <w:rsid w:val="0045411F"/>
     <w:rsid w:val="00454747"/>
     <w:rsid w:val="00454FC6"/>
     <w:rsid w:val="0045570F"/>
     <w:rsid w:val="00455756"/>
     <w:rsid w:val="004561FC"/>
     <w:rsid w:val="004567C3"/>
     <w:rsid w:val="00457089"/>
     <w:rsid w:val="0045711E"/>
     <w:rsid w:val="00461234"/>
     <w:rsid w:val="0046276E"/>
     <w:rsid w:val="004651B8"/>
     <w:rsid w:val="00465C92"/>
     <w:rsid w:val="0046606E"/>
     <w:rsid w:val="00466534"/>
     <w:rsid w:val="00467221"/>
     <w:rsid w:val="00467D12"/>
     <w:rsid w:val="00471309"/>
     <w:rsid w:val="00471F08"/>
     <w:rsid w:val="00472184"/>
     <w:rsid w:val="00472324"/>
+    <w:rsid w:val="004729EB"/>
     <w:rsid w:val="0047347C"/>
     <w:rsid w:val="00474CD0"/>
     <w:rsid w:val="004760E0"/>
     <w:rsid w:val="004760FD"/>
     <w:rsid w:val="00476C04"/>
     <w:rsid w:val="00481D8E"/>
     <w:rsid w:val="004826C2"/>
     <w:rsid w:val="00482DD6"/>
     <w:rsid w:val="004831DA"/>
     <w:rsid w:val="004832F1"/>
     <w:rsid w:val="0048372C"/>
     <w:rsid w:val="00483DDB"/>
     <w:rsid w:val="004843C0"/>
     <w:rsid w:val="00484B4B"/>
     <w:rsid w:val="00484F07"/>
     <w:rsid w:val="0048549D"/>
     <w:rsid w:val="004865A4"/>
     <w:rsid w:val="00486851"/>
     <w:rsid w:val="00486DB7"/>
     <w:rsid w:val="004872DF"/>
     <w:rsid w:val="00487ADC"/>
     <w:rsid w:val="00491482"/>
     <w:rsid w:val="00491A64"/>
     <w:rsid w:val="0049279F"/>
     <w:rsid w:val="004928CA"/>
@@ -12375,50 +10752,51 @@
     <w:rsid w:val="00496148"/>
     <w:rsid w:val="004962E4"/>
     <w:rsid w:val="00496DFF"/>
     <w:rsid w:val="004A0B7B"/>
     <w:rsid w:val="004A104A"/>
     <w:rsid w:val="004A10BB"/>
     <w:rsid w:val="004A2B47"/>
     <w:rsid w:val="004A2FE0"/>
     <w:rsid w:val="004A33C8"/>
     <w:rsid w:val="004A36F7"/>
     <w:rsid w:val="004A383C"/>
     <w:rsid w:val="004A3C2F"/>
     <w:rsid w:val="004A4AD3"/>
     <w:rsid w:val="004A520C"/>
     <w:rsid w:val="004A578D"/>
     <w:rsid w:val="004A6949"/>
     <w:rsid w:val="004B0A10"/>
     <w:rsid w:val="004B0F4D"/>
     <w:rsid w:val="004B1A2C"/>
     <w:rsid w:val="004B2EB1"/>
     <w:rsid w:val="004B322D"/>
     <w:rsid w:val="004B488D"/>
     <w:rsid w:val="004B4D89"/>
     <w:rsid w:val="004B5DE2"/>
     <w:rsid w:val="004B6A5C"/>
+    <w:rsid w:val="004B733A"/>
     <w:rsid w:val="004C09AD"/>
     <w:rsid w:val="004C2107"/>
     <w:rsid w:val="004C3195"/>
     <w:rsid w:val="004C50AA"/>
     <w:rsid w:val="004C5D62"/>
     <w:rsid w:val="004C68EC"/>
     <w:rsid w:val="004D0370"/>
     <w:rsid w:val="004D0842"/>
     <w:rsid w:val="004D17BF"/>
     <w:rsid w:val="004D1DA4"/>
     <w:rsid w:val="004D4659"/>
     <w:rsid w:val="004D48EF"/>
     <w:rsid w:val="004D5861"/>
     <w:rsid w:val="004E1653"/>
     <w:rsid w:val="004E27FA"/>
     <w:rsid w:val="004E4A7B"/>
     <w:rsid w:val="004E4AC5"/>
     <w:rsid w:val="004E624D"/>
     <w:rsid w:val="004F1702"/>
     <w:rsid w:val="004F3222"/>
     <w:rsid w:val="004F39C7"/>
     <w:rsid w:val="004F4B85"/>
     <w:rsid w:val="004F6D94"/>
     <w:rsid w:val="004F6FCB"/>
     <w:rsid w:val="005000F3"/>
@@ -12517,50 +10895,51 @@
     <w:rsid w:val="005751E1"/>
     <w:rsid w:val="00575A01"/>
     <w:rsid w:val="00575B48"/>
     <w:rsid w:val="0057716D"/>
     <w:rsid w:val="0058023A"/>
     <w:rsid w:val="00580F63"/>
     <w:rsid w:val="00581502"/>
     <w:rsid w:val="00584B63"/>
     <w:rsid w:val="00585607"/>
     <w:rsid w:val="00585D16"/>
     <w:rsid w:val="005860EB"/>
     <w:rsid w:val="00586865"/>
     <w:rsid w:val="00587200"/>
     <w:rsid w:val="00590C8A"/>
     <w:rsid w:val="005929E0"/>
     <w:rsid w:val="00594DBE"/>
     <w:rsid w:val="00596379"/>
     <w:rsid w:val="00596660"/>
     <w:rsid w:val="005966FD"/>
     <w:rsid w:val="00596F4E"/>
     <w:rsid w:val="0059752A"/>
     <w:rsid w:val="005A0391"/>
     <w:rsid w:val="005A105A"/>
     <w:rsid w:val="005A33C5"/>
     <w:rsid w:val="005A38E1"/>
+    <w:rsid w:val="005A3CEB"/>
     <w:rsid w:val="005A58E4"/>
     <w:rsid w:val="005A7987"/>
     <w:rsid w:val="005B0649"/>
     <w:rsid w:val="005B1B76"/>
     <w:rsid w:val="005B2D23"/>
     <w:rsid w:val="005B4772"/>
     <w:rsid w:val="005B478F"/>
     <w:rsid w:val="005B4D36"/>
     <w:rsid w:val="005B4D53"/>
     <w:rsid w:val="005B4EBF"/>
     <w:rsid w:val="005B5061"/>
     <w:rsid w:val="005B5266"/>
     <w:rsid w:val="005B5286"/>
     <w:rsid w:val="005B6CB6"/>
     <w:rsid w:val="005B732D"/>
     <w:rsid w:val="005B7911"/>
     <w:rsid w:val="005C02C7"/>
     <w:rsid w:val="005C1DE0"/>
     <w:rsid w:val="005C6F81"/>
     <w:rsid w:val="005D0682"/>
     <w:rsid w:val="005D12C5"/>
     <w:rsid w:val="005D1B4C"/>
     <w:rsid w:val="005D1C65"/>
     <w:rsid w:val="005D2558"/>
     <w:rsid w:val="005D3B58"/>
@@ -12747,50 +11126,51 @@
     <w:rsid w:val="007018B6"/>
     <w:rsid w:val="007028B5"/>
     <w:rsid w:val="00703858"/>
     <w:rsid w:val="00703B6D"/>
     <w:rsid w:val="007045A2"/>
     <w:rsid w:val="0070492B"/>
     <w:rsid w:val="0070554E"/>
     <w:rsid w:val="00706050"/>
     <w:rsid w:val="007060A9"/>
     <w:rsid w:val="0070761D"/>
     <w:rsid w:val="007104ED"/>
     <w:rsid w:val="00710F1F"/>
     <w:rsid w:val="00710F5B"/>
     <w:rsid w:val="00711315"/>
     <w:rsid w:val="0071238D"/>
     <w:rsid w:val="0071282D"/>
     <w:rsid w:val="00712F7F"/>
     <w:rsid w:val="007130BB"/>
     <w:rsid w:val="007134EB"/>
     <w:rsid w:val="00715253"/>
     <w:rsid w:val="00715D81"/>
     <w:rsid w:val="007177D7"/>
     <w:rsid w:val="0072170E"/>
     <w:rsid w:val="00722F63"/>
     <w:rsid w:val="00723557"/>
+    <w:rsid w:val="007236D3"/>
     <w:rsid w:val="00724DB3"/>
     <w:rsid w:val="0072510C"/>
     <w:rsid w:val="00726CCE"/>
     <w:rsid w:val="00731797"/>
     <w:rsid w:val="00731D82"/>
     <w:rsid w:val="00732283"/>
     <w:rsid w:val="00732E40"/>
     <w:rsid w:val="00734CD0"/>
     <w:rsid w:val="00736ED8"/>
     <w:rsid w:val="007371B5"/>
     <w:rsid w:val="00737FE1"/>
     <w:rsid w:val="007404B6"/>
     <w:rsid w:val="00740746"/>
     <w:rsid w:val="007411B5"/>
     <w:rsid w:val="00742066"/>
     <w:rsid w:val="007438E2"/>
     <w:rsid w:val="00743D99"/>
     <w:rsid w:val="007445A1"/>
     <w:rsid w:val="007449BF"/>
     <w:rsid w:val="00747BCB"/>
     <w:rsid w:val="00750288"/>
     <w:rsid w:val="0075061D"/>
     <w:rsid w:val="00750B19"/>
     <w:rsid w:val="00750B50"/>
     <w:rsid w:val="007523D2"/>
@@ -13066,50 +11446,51 @@
     <w:rsid w:val="00910757"/>
     <w:rsid w:val="009109F5"/>
     <w:rsid w:val="00911231"/>
     <w:rsid w:val="00911283"/>
     <w:rsid w:val="00911A41"/>
     <w:rsid w:val="0091245D"/>
     <w:rsid w:val="009131B4"/>
     <w:rsid w:val="00913C15"/>
     <w:rsid w:val="00914B9A"/>
     <w:rsid w:val="00915309"/>
     <w:rsid w:val="0091554F"/>
     <w:rsid w:val="00915CF5"/>
     <w:rsid w:val="00915F6C"/>
     <w:rsid w:val="00915FAA"/>
     <w:rsid w:val="009171D8"/>
     <w:rsid w:val="0092030A"/>
     <w:rsid w:val="00920A7F"/>
     <w:rsid w:val="00921836"/>
     <w:rsid w:val="00921D88"/>
     <w:rsid w:val="00921E86"/>
     <w:rsid w:val="0092361D"/>
     <w:rsid w:val="00924AA4"/>
     <w:rsid w:val="00925131"/>
     <w:rsid w:val="009270E5"/>
     <w:rsid w:val="009276C4"/>
+    <w:rsid w:val="00927BA0"/>
     <w:rsid w:val="009311D6"/>
     <w:rsid w:val="00931851"/>
     <w:rsid w:val="00931F10"/>
     <w:rsid w:val="00932B80"/>
     <w:rsid w:val="009332CF"/>
     <w:rsid w:val="00933600"/>
     <w:rsid w:val="009336FD"/>
     <w:rsid w:val="00934704"/>
     <w:rsid w:val="00935039"/>
     <w:rsid w:val="00935F1D"/>
     <w:rsid w:val="00936461"/>
     <w:rsid w:val="00936DBA"/>
     <w:rsid w:val="009377A9"/>
     <w:rsid w:val="00941451"/>
     <w:rsid w:val="00941641"/>
     <w:rsid w:val="009422C3"/>
     <w:rsid w:val="00942773"/>
     <w:rsid w:val="00942DDB"/>
     <w:rsid w:val="00945486"/>
     <w:rsid w:val="009462B4"/>
     <w:rsid w:val="00946CD5"/>
     <w:rsid w:val="00947234"/>
     <w:rsid w:val="009503D1"/>
     <w:rsid w:val="00950F18"/>
     <w:rsid w:val="00951249"/>
@@ -13335,85 +11716,87 @@
     <w:rsid w:val="00AB3B35"/>
     <w:rsid w:val="00AB4B30"/>
     <w:rsid w:val="00AB54F8"/>
     <w:rsid w:val="00AB62FD"/>
     <w:rsid w:val="00AB73F0"/>
     <w:rsid w:val="00AC0417"/>
     <w:rsid w:val="00AC0F51"/>
     <w:rsid w:val="00AC2036"/>
     <w:rsid w:val="00AC204E"/>
     <w:rsid w:val="00AC2DB2"/>
     <w:rsid w:val="00AC3A09"/>
     <w:rsid w:val="00AC6772"/>
     <w:rsid w:val="00AD02D2"/>
     <w:rsid w:val="00AD0308"/>
     <w:rsid w:val="00AD11F5"/>
     <w:rsid w:val="00AD1997"/>
     <w:rsid w:val="00AD521C"/>
     <w:rsid w:val="00AD68D2"/>
     <w:rsid w:val="00AD768E"/>
     <w:rsid w:val="00AE0333"/>
     <w:rsid w:val="00AE1894"/>
     <w:rsid w:val="00AE1AED"/>
     <w:rsid w:val="00AE2098"/>
     <w:rsid w:val="00AE367A"/>
     <w:rsid w:val="00AE3729"/>
+    <w:rsid w:val="00AE4EE3"/>
     <w:rsid w:val="00AE5D74"/>
     <w:rsid w:val="00AE5D90"/>
     <w:rsid w:val="00AF0741"/>
     <w:rsid w:val="00AF085F"/>
     <w:rsid w:val="00AF1013"/>
     <w:rsid w:val="00AF13F5"/>
     <w:rsid w:val="00AF2519"/>
     <w:rsid w:val="00AF3DAE"/>
     <w:rsid w:val="00AF4363"/>
     <w:rsid w:val="00AF5436"/>
     <w:rsid w:val="00AF5B48"/>
     <w:rsid w:val="00AF661B"/>
     <w:rsid w:val="00AF66E1"/>
     <w:rsid w:val="00AF75BF"/>
     <w:rsid w:val="00AF77A8"/>
     <w:rsid w:val="00B00301"/>
     <w:rsid w:val="00B00DE0"/>
     <w:rsid w:val="00B01366"/>
     <w:rsid w:val="00B02120"/>
     <w:rsid w:val="00B02AD1"/>
     <w:rsid w:val="00B02B11"/>
     <w:rsid w:val="00B03540"/>
     <w:rsid w:val="00B05154"/>
     <w:rsid w:val="00B0561A"/>
     <w:rsid w:val="00B05C3B"/>
     <w:rsid w:val="00B0790C"/>
     <w:rsid w:val="00B10FE0"/>
     <w:rsid w:val="00B111B6"/>
     <w:rsid w:val="00B11F39"/>
     <w:rsid w:val="00B12D65"/>
     <w:rsid w:val="00B12F1B"/>
     <w:rsid w:val="00B13239"/>
     <w:rsid w:val="00B154A2"/>
     <w:rsid w:val="00B15A08"/>
     <w:rsid w:val="00B160E3"/>
+    <w:rsid w:val="00B1623D"/>
     <w:rsid w:val="00B16395"/>
     <w:rsid w:val="00B165EE"/>
     <w:rsid w:val="00B2062E"/>
     <w:rsid w:val="00B20CF5"/>
     <w:rsid w:val="00B213DE"/>
     <w:rsid w:val="00B21ED3"/>
     <w:rsid w:val="00B22A46"/>
     <w:rsid w:val="00B2323E"/>
     <w:rsid w:val="00B23DEA"/>
     <w:rsid w:val="00B243E2"/>
     <w:rsid w:val="00B273E2"/>
     <w:rsid w:val="00B27536"/>
     <w:rsid w:val="00B32DBD"/>
     <w:rsid w:val="00B33BF8"/>
     <w:rsid w:val="00B34C4A"/>
     <w:rsid w:val="00B36446"/>
     <w:rsid w:val="00B36855"/>
     <w:rsid w:val="00B37265"/>
     <w:rsid w:val="00B374A2"/>
     <w:rsid w:val="00B4060B"/>
     <w:rsid w:val="00B40995"/>
     <w:rsid w:val="00B40F22"/>
     <w:rsid w:val="00B41902"/>
     <w:rsid w:val="00B42392"/>
     <w:rsid w:val="00B426D2"/>
@@ -13457,50 +11840,51 @@
     <w:rsid w:val="00B85EE9"/>
     <w:rsid w:val="00B868EB"/>
     <w:rsid w:val="00B86B22"/>
     <w:rsid w:val="00B873DA"/>
     <w:rsid w:val="00B909DC"/>
     <w:rsid w:val="00B9132F"/>
     <w:rsid w:val="00B929C1"/>
     <w:rsid w:val="00B92CB3"/>
     <w:rsid w:val="00B930BB"/>
     <w:rsid w:val="00B938CC"/>
     <w:rsid w:val="00B94A7E"/>
     <w:rsid w:val="00B956FC"/>
     <w:rsid w:val="00B95A5D"/>
     <w:rsid w:val="00B95AC6"/>
     <w:rsid w:val="00B95DE2"/>
     <w:rsid w:val="00B9605B"/>
     <w:rsid w:val="00B9614D"/>
     <w:rsid w:val="00B96851"/>
     <w:rsid w:val="00B96AC5"/>
     <w:rsid w:val="00B97008"/>
     <w:rsid w:val="00B971F7"/>
     <w:rsid w:val="00B973E4"/>
     <w:rsid w:val="00BA04D7"/>
     <w:rsid w:val="00BA1999"/>
     <w:rsid w:val="00BA3972"/>
+    <w:rsid w:val="00BA5801"/>
     <w:rsid w:val="00BA5A90"/>
     <w:rsid w:val="00BA5DA4"/>
     <w:rsid w:val="00BA7CD9"/>
     <w:rsid w:val="00BB0B3E"/>
     <w:rsid w:val="00BB1A92"/>
     <w:rsid w:val="00BB2AD8"/>
     <w:rsid w:val="00BB30F4"/>
     <w:rsid w:val="00BB35EB"/>
     <w:rsid w:val="00BB3BA6"/>
     <w:rsid w:val="00BB3ED0"/>
     <w:rsid w:val="00BB4515"/>
     <w:rsid w:val="00BB48D9"/>
     <w:rsid w:val="00BB55F1"/>
     <w:rsid w:val="00BB67A2"/>
     <w:rsid w:val="00BB74E7"/>
     <w:rsid w:val="00BB7CB3"/>
     <w:rsid w:val="00BC181E"/>
     <w:rsid w:val="00BC206D"/>
     <w:rsid w:val="00BC2D96"/>
     <w:rsid w:val="00BC3C78"/>
     <w:rsid w:val="00BC46BC"/>
     <w:rsid w:val="00BC480A"/>
     <w:rsid w:val="00BC5512"/>
     <w:rsid w:val="00BC5DCA"/>
     <w:rsid w:val="00BC6AC9"/>
@@ -13510,50 +11894,51 @@
     <w:rsid w:val="00BD1D48"/>
     <w:rsid w:val="00BD2484"/>
     <w:rsid w:val="00BD32EE"/>
     <w:rsid w:val="00BD3366"/>
     <w:rsid w:val="00BD3466"/>
     <w:rsid w:val="00BD58F0"/>
     <w:rsid w:val="00BD68D7"/>
     <w:rsid w:val="00BD698E"/>
     <w:rsid w:val="00BE0989"/>
     <w:rsid w:val="00BE134B"/>
     <w:rsid w:val="00BE183A"/>
     <w:rsid w:val="00BE2A80"/>
     <w:rsid w:val="00BE393F"/>
     <w:rsid w:val="00BE39C5"/>
     <w:rsid w:val="00BE4587"/>
     <w:rsid w:val="00BE565D"/>
     <w:rsid w:val="00BE5F86"/>
     <w:rsid w:val="00BF1195"/>
     <w:rsid w:val="00BF17A5"/>
     <w:rsid w:val="00BF2E04"/>
     <w:rsid w:val="00BF4064"/>
     <w:rsid w:val="00BF4325"/>
     <w:rsid w:val="00BF6A4A"/>
     <w:rsid w:val="00BF7164"/>
     <w:rsid w:val="00BF79BE"/>
+    <w:rsid w:val="00C0008C"/>
     <w:rsid w:val="00C004C7"/>
     <w:rsid w:val="00C00665"/>
     <w:rsid w:val="00C01E70"/>
     <w:rsid w:val="00C01E9F"/>
     <w:rsid w:val="00C0314A"/>
     <w:rsid w:val="00C03433"/>
     <w:rsid w:val="00C0346A"/>
     <w:rsid w:val="00C03D98"/>
     <w:rsid w:val="00C0453D"/>
     <w:rsid w:val="00C045FF"/>
     <w:rsid w:val="00C051C7"/>
     <w:rsid w:val="00C07C16"/>
     <w:rsid w:val="00C10CB2"/>
     <w:rsid w:val="00C10EDC"/>
     <w:rsid w:val="00C11FC9"/>
     <w:rsid w:val="00C12C1B"/>
     <w:rsid w:val="00C1424C"/>
     <w:rsid w:val="00C17D1A"/>
     <w:rsid w:val="00C20213"/>
     <w:rsid w:val="00C209F6"/>
     <w:rsid w:val="00C20B58"/>
     <w:rsid w:val="00C216EB"/>
     <w:rsid w:val="00C216F7"/>
     <w:rsid w:val="00C21A5D"/>
     <w:rsid w:val="00C226EC"/>
@@ -13580,50 +11965,51 @@
     <w:rsid w:val="00C4221F"/>
     <w:rsid w:val="00C42AFB"/>
     <w:rsid w:val="00C42FC3"/>
     <w:rsid w:val="00C442C5"/>
     <w:rsid w:val="00C44873"/>
     <w:rsid w:val="00C44C90"/>
     <w:rsid w:val="00C44E35"/>
     <w:rsid w:val="00C44E50"/>
     <w:rsid w:val="00C45C88"/>
     <w:rsid w:val="00C4708B"/>
     <w:rsid w:val="00C47871"/>
     <w:rsid w:val="00C5096C"/>
     <w:rsid w:val="00C51C3F"/>
     <w:rsid w:val="00C526EE"/>
     <w:rsid w:val="00C546F5"/>
     <w:rsid w:val="00C5485B"/>
     <w:rsid w:val="00C54F6F"/>
     <w:rsid w:val="00C567D4"/>
     <w:rsid w:val="00C578D5"/>
     <w:rsid w:val="00C60245"/>
     <w:rsid w:val="00C605D4"/>
     <w:rsid w:val="00C613DB"/>
     <w:rsid w:val="00C61C40"/>
     <w:rsid w:val="00C623F9"/>
     <w:rsid w:val="00C625F2"/>
+    <w:rsid w:val="00C626BE"/>
     <w:rsid w:val="00C62CF2"/>
     <w:rsid w:val="00C62E8E"/>
     <w:rsid w:val="00C62EFB"/>
     <w:rsid w:val="00C632F4"/>
     <w:rsid w:val="00C637CC"/>
     <w:rsid w:val="00C64380"/>
     <w:rsid w:val="00C646C9"/>
     <w:rsid w:val="00C64F0D"/>
     <w:rsid w:val="00C653AB"/>
     <w:rsid w:val="00C654D6"/>
     <w:rsid w:val="00C65699"/>
     <w:rsid w:val="00C6678B"/>
     <w:rsid w:val="00C66A12"/>
     <w:rsid w:val="00C67D28"/>
     <w:rsid w:val="00C7014D"/>
     <w:rsid w:val="00C70A1F"/>
     <w:rsid w:val="00C729F9"/>
     <w:rsid w:val="00C741B7"/>
     <w:rsid w:val="00C7439B"/>
     <w:rsid w:val="00C753E3"/>
     <w:rsid w:val="00C755E6"/>
     <w:rsid w:val="00C76131"/>
     <w:rsid w:val="00C7698E"/>
     <w:rsid w:val="00C76FE1"/>
     <w:rsid w:val="00C77882"/>
@@ -13633,50 +12019,51 @@
     <w:rsid w:val="00C82EC3"/>
     <w:rsid w:val="00C83F04"/>
     <w:rsid w:val="00C8434B"/>
     <w:rsid w:val="00C85161"/>
     <w:rsid w:val="00C86022"/>
     <w:rsid w:val="00C8608D"/>
     <w:rsid w:val="00C877B5"/>
     <w:rsid w:val="00C87CC4"/>
     <w:rsid w:val="00C90122"/>
     <w:rsid w:val="00C913E9"/>
     <w:rsid w:val="00C92CB7"/>
     <w:rsid w:val="00C933A0"/>
     <w:rsid w:val="00C93608"/>
     <w:rsid w:val="00C9372B"/>
     <w:rsid w:val="00C94FCB"/>
     <w:rsid w:val="00C956A1"/>
     <w:rsid w:val="00C9628C"/>
     <w:rsid w:val="00C96C1A"/>
     <w:rsid w:val="00C971EC"/>
     <w:rsid w:val="00C97DA8"/>
     <w:rsid w:val="00CA00E4"/>
     <w:rsid w:val="00CA0321"/>
     <w:rsid w:val="00CA1207"/>
     <w:rsid w:val="00CA143F"/>
     <w:rsid w:val="00CA2B9A"/>
+    <w:rsid w:val="00CA402A"/>
     <w:rsid w:val="00CA52FE"/>
     <w:rsid w:val="00CA5E57"/>
     <w:rsid w:val="00CA606E"/>
     <w:rsid w:val="00CB0F1F"/>
     <w:rsid w:val="00CB177E"/>
     <w:rsid w:val="00CB27D5"/>
     <w:rsid w:val="00CB427E"/>
     <w:rsid w:val="00CB4BEF"/>
     <w:rsid w:val="00CB64B9"/>
     <w:rsid w:val="00CB71EC"/>
     <w:rsid w:val="00CC06A2"/>
     <w:rsid w:val="00CC0BC4"/>
     <w:rsid w:val="00CC1B0E"/>
     <w:rsid w:val="00CC213F"/>
     <w:rsid w:val="00CC2666"/>
     <w:rsid w:val="00CC2862"/>
     <w:rsid w:val="00CC3869"/>
     <w:rsid w:val="00CC3E1B"/>
     <w:rsid w:val="00CC65ED"/>
     <w:rsid w:val="00CC7342"/>
     <w:rsid w:val="00CC7625"/>
     <w:rsid w:val="00CC77E4"/>
     <w:rsid w:val="00CC7CF9"/>
     <w:rsid w:val="00CD077E"/>
     <w:rsid w:val="00CD2E9C"/>
@@ -13786,50 +12173,51 @@
     <w:rsid w:val="00D7312A"/>
     <w:rsid w:val="00D741E1"/>
     <w:rsid w:val="00D74A1D"/>
     <w:rsid w:val="00D754A4"/>
     <w:rsid w:val="00D77682"/>
     <w:rsid w:val="00D77A8D"/>
     <w:rsid w:val="00D77D67"/>
     <w:rsid w:val="00D77F56"/>
     <w:rsid w:val="00D8054F"/>
     <w:rsid w:val="00D8061A"/>
     <w:rsid w:val="00D80D51"/>
     <w:rsid w:val="00D81065"/>
     <w:rsid w:val="00D82568"/>
     <w:rsid w:val="00D82D3A"/>
     <w:rsid w:val="00D84132"/>
     <w:rsid w:val="00D846D3"/>
     <w:rsid w:val="00D84FBD"/>
     <w:rsid w:val="00D8506E"/>
     <w:rsid w:val="00D865CA"/>
     <w:rsid w:val="00D86804"/>
     <w:rsid w:val="00D87D03"/>
     <w:rsid w:val="00D90A92"/>
     <w:rsid w:val="00D91763"/>
     <w:rsid w:val="00D91A26"/>
     <w:rsid w:val="00D93963"/>
+    <w:rsid w:val="00D93A55"/>
     <w:rsid w:val="00D93AB6"/>
     <w:rsid w:val="00D946EC"/>
     <w:rsid w:val="00D95588"/>
     <w:rsid w:val="00D968BB"/>
     <w:rsid w:val="00D96EFB"/>
     <w:rsid w:val="00D974B1"/>
     <w:rsid w:val="00DA0165"/>
     <w:rsid w:val="00DA01EC"/>
     <w:rsid w:val="00DA06C1"/>
     <w:rsid w:val="00DA1BF6"/>
     <w:rsid w:val="00DA2108"/>
     <w:rsid w:val="00DA260D"/>
     <w:rsid w:val="00DA29A1"/>
     <w:rsid w:val="00DA2B37"/>
     <w:rsid w:val="00DA31F6"/>
     <w:rsid w:val="00DA3A38"/>
     <w:rsid w:val="00DA42E1"/>
     <w:rsid w:val="00DA6430"/>
     <w:rsid w:val="00DB114F"/>
     <w:rsid w:val="00DB398E"/>
     <w:rsid w:val="00DB3D41"/>
     <w:rsid w:val="00DB4FA6"/>
     <w:rsid w:val="00DB56C7"/>
     <w:rsid w:val="00DC06F7"/>
     <w:rsid w:val="00DC320E"/>
@@ -13935,90 +12323,93 @@
     <w:rsid w:val="00E65596"/>
     <w:rsid w:val="00E657AF"/>
     <w:rsid w:val="00E6641F"/>
     <w:rsid w:val="00E70C1E"/>
     <w:rsid w:val="00E70EF2"/>
     <w:rsid w:val="00E7127C"/>
     <w:rsid w:val="00E7189C"/>
     <w:rsid w:val="00E739EA"/>
     <w:rsid w:val="00E73BBC"/>
     <w:rsid w:val="00E74CD6"/>
     <w:rsid w:val="00E75061"/>
     <w:rsid w:val="00E75629"/>
     <w:rsid w:val="00E76A8F"/>
     <w:rsid w:val="00E76D3E"/>
     <w:rsid w:val="00E7771A"/>
     <w:rsid w:val="00E8012D"/>
     <w:rsid w:val="00E81C65"/>
     <w:rsid w:val="00E81F23"/>
     <w:rsid w:val="00E82246"/>
     <w:rsid w:val="00E842B8"/>
     <w:rsid w:val="00E84312"/>
     <w:rsid w:val="00E84D84"/>
     <w:rsid w:val="00E8503B"/>
     <w:rsid w:val="00E85C8C"/>
     <w:rsid w:val="00E8671D"/>
+    <w:rsid w:val="00E875E7"/>
     <w:rsid w:val="00E87A80"/>
+    <w:rsid w:val="00E87AA3"/>
     <w:rsid w:val="00E87AEB"/>
     <w:rsid w:val="00E87E23"/>
     <w:rsid w:val="00E91717"/>
     <w:rsid w:val="00E93263"/>
     <w:rsid w:val="00E941BC"/>
     <w:rsid w:val="00E946AB"/>
     <w:rsid w:val="00E94F63"/>
     <w:rsid w:val="00E9561F"/>
     <w:rsid w:val="00E9609D"/>
     <w:rsid w:val="00E96B5B"/>
     <w:rsid w:val="00E96FC5"/>
     <w:rsid w:val="00E97A2F"/>
     <w:rsid w:val="00E97DF0"/>
     <w:rsid w:val="00EA05F1"/>
     <w:rsid w:val="00EA0B6D"/>
     <w:rsid w:val="00EA2582"/>
     <w:rsid w:val="00EA2CAB"/>
     <w:rsid w:val="00EA2E94"/>
     <w:rsid w:val="00EA34AB"/>
     <w:rsid w:val="00EA415F"/>
     <w:rsid w:val="00EA42D3"/>
     <w:rsid w:val="00EA7470"/>
     <w:rsid w:val="00EB085D"/>
     <w:rsid w:val="00EB0E4E"/>
     <w:rsid w:val="00EB1268"/>
     <w:rsid w:val="00EB1486"/>
     <w:rsid w:val="00EB1A3B"/>
     <w:rsid w:val="00EB1F62"/>
     <w:rsid w:val="00EB20EB"/>
     <w:rsid w:val="00EB2477"/>
     <w:rsid w:val="00EB265D"/>
     <w:rsid w:val="00EB36D3"/>
     <w:rsid w:val="00EB42C0"/>
     <w:rsid w:val="00EB5FD7"/>
     <w:rsid w:val="00EB691A"/>
     <w:rsid w:val="00EB7064"/>
     <w:rsid w:val="00EB7E1B"/>
     <w:rsid w:val="00EC0171"/>
     <w:rsid w:val="00EC083E"/>
+    <w:rsid w:val="00EC1692"/>
     <w:rsid w:val="00EC24E4"/>
     <w:rsid w:val="00EC27E5"/>
     <w:rsid w:val="00EC2C1A"/>
     <w:rsid w:val="00EC32A0"/>
     <w:rsid w:val="00EC32EE"/>
     <w:rsid w:val="00EC3B39"/>
     <w:rsid w:val="00EC3DEF"/>
     <w:rsid w:val="00EC4280"/>
     <w:rsid w:val="00EC44F8"/>
     <w:rsid w:val="00EC5705"/>
     <w:rsid w:val="00EC67DB"/>
     <w:rsid w:val="00EC6C0A"/>
     <w:rsid w:val="00ED1C61"/>
     <w:rsid w:val="00ED35A8"/>
     <w:rsid w:val="00ED4276"/>
     <w:rsid w:val="00ED436D"/>
     <w:rsid w:val="00ED477E"/>
     <w:rsid w:val="00ED5328"/>
     <w:rsid w:val="00ED57FF"/>
     <w:rsid w:val="00ED5ACE"/>
     <w:rsid w:val="00ED5D01"/>
     <w:rsid w:val="00ED6585"/>
     <w:rsid w:val="00EE06A0"/>
     <w:rsid w:val="00EE0732"/>
     <w:rsid w:val="00EE2182"/>
@@ -14185,51 +12576,51 @@
     <w:rsid w:val="00FF0B7E"/>
     <w:rsid w:val="00FF32BA"/>
     <w:rsid w:val="00FF33FB"/>
     <w:rsid w:val="00FF3F63"/>
     <w:rsid w:val="00FF4A70"/>
     <w:rsid w:val="00FF52F0"/>
     <w:rsid w:val="00FF6B90"/>
     <w:rsid w:val="00FF7F76"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="129025"/>
+    <o:shapedefaults v:ext="edit" spidmax="135169"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="08B2DE86"/>
   <w15:docId w15:val="{DC23BE60-9244-46C6-A630-EAED8A363976}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -16048,51 +14439,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="996225941">
           <w:blockQuote w:val="1"/>
           <w:marLeft w:val="720"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="100"/>
           <w:marBottom w:val="100"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://workinggroup.numberportability.com/documents/co-571" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://workinggroup.numberportability.com/documents/co567" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://workinggroup.numberportability.com/documents/co-569" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://workinggroup.numberportability.com/documents/co-570" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://workinggroup.numberportability.com/documents/co-570" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://workinggroup.numberportability.com/documents/co567" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16354,71 +14745,71 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5213198-65C7-4F82-84B7-A186AFB030BB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>10928</Characters>
+  <Pages>7</Pages>
+  <Words>1452</Words>
+  <Characters>7510</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>376</Lines>
-  <Paragraphs>185</Paragraphs>
+  <Lines>197</Lines>
+  <Paragraphs>160</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>iconectiv</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12828</CharactersWithSpaces>
+  <CharactersWithSpaces>8802</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>mdoherty@iconectiv.com</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>