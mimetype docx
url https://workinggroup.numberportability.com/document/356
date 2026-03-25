--- v2 (2026-01-23)
+++ v3 (2026-03-25)
@@ -94,135 +94,164 @@
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>NPAC SMS FUNCTIONALITY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A2755A7" w14:textId="77777777" w:rsidR="001635C0" w:rsidRDefault="001635C0">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="620DCDA5" w14:textId="77777777" w:rsidR="001635C0" w:rsidRDefault="001635C0">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="469714F3" w14:textId="347E659F" w:rsidR="001635C0" w:rsidRDefault="001635C0" w:rsidP="00627FE6">
+    <w:p w14:paraId="469714F3" w14:textId="09A34464" w:rsidR="001635C0" w:rsidRDefault="001635C0" w:rsidP="00627FE6">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve">Rev: </w:t>
       </w:r>
       <w:r w:rsidR="008C5E73">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00C0008C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>20</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00535ACD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00627034">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:r w:rsidR="00535ACD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>March</w:t>
+      </w:r>
       <w:r w:rsidR="00C0008C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t xml:space="preserve">January </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F4A39">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidR="00C0008C">
+      <w:r w:rsidR="00535ACD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>7</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="002C0D43">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>, 202</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002C0D43">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00C0008C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00F41C70">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F41C70">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D0B783C" w14:textId="77777777" w:rsidR="001635C0" w:rsidRDefault="001635C0" w:rsidP="00627034">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
@@ -339,51 +368,65 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">/changes related to the transition of NPAC from the previous vendor to iconectiv. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66EA0850" w14:textId="77777777" w:rsidR="00FE0BBC" w:rsidRDefault="00FE0BBC" w:rsidP="00FE0BBC">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B4DC904" w14:textId="77777777" w:rsidR="00FE0BBC" w:rsidRDefault="00FE0BBC" w:rsidP="00FE0BBC">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">After the re-chartering of the NANC, the group became The Informal LNP Team until November of 2020 when the group restructured into the NPIF (Number Portability Industry Forum).  The NPIF works with the NAOWG (Number Administration Oversight Working Group) on any issues that require the involvement of NANC and continues its mission to manage processes/procedures, changes to the NPAC SMS and issues related to Number Portability.  </w:t>
+        <w:t>After the re-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>chartering</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the NANC, the group became The Informal LNP Team until November of 2020 when the group restructured into the NPIF (Number Portability Industry Forum).  The NPIF works with the NAOWG (Number Administration Oversight Working Group) on any issues that require the involvement of NANC and continues its mission to manage processes/procedures, changes to the NPAC SMS and issues related to Number Portability.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32258422" w14:textId="77777777" w:rsidR="00FE0BBC" w:rsidRPr="000831E9" w:rsidRDefault="00FE0BBC" w:rsidP="00FE0BBC">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="644AD27C" w14:textId="13301F05" w:rsidR="00FE0BBC" w:rsidRDefault="00FE0BBC" w:rsidP="00FE0BBC">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000831E9">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -1152,51 +1195,73 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Requested - </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA054A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>The LNPA TOSC has reached agreement on the Change Order and either a SOW may be requested or the requirements updates (Doc Only) will be included in a future version of the Industry Document(s).</w:t>
+        <w:t xml:space="preserve">The LNPA TOSC has reached agreement on the Change Order and either a SOW may be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA054A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>requested</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AA054A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the requirements updates (Doc Only) will be included in a future version of the Industry Document(s).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1320822D" w14:textId="77777777" w:rsidR="00FE0BBC" w:rsidRPr="00343F69" w:rsidRDefault="00FE0BBC" w:rsidP="00983D3D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="60" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00343F69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="242424"/>
@@ -1369,51 +1434,75 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="60" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4003B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">NPAC Level Of Effort </w:t>
+        <w:t xml:space="preserve">NPAC Level </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F4003B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F4003B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Effort </w:t>
       </w:r>
       <w:r w:rsidRPr="00F4003B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>– This field defines the Level of Effort to implement the Change Order (Low, Medium or High)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="304A3DA9" w14:textId="77777777" w:rsidR="00FE0BBC" w:rsidRPr="00F4003B" w:rsidRDefault="00FE0BBC" w:rsidP="00983D3D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="60" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
@@ -1438,70 +1527,82 @@
           <w:bCs/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – CMIP or XML –This field indicates if there is an impact to the Local System (SOA or LSMS).  Choices are: Yes or No </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B2C4574" w14:textId="77777777" w:rsidR="00FE0BBC" w:rsidRPr="00F4003B" w:rsidRDefault="00FE0BBC" w:rsidP="00983D3D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="60" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F4003B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>PIM #</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4003B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - This is the Problem Identification Management number of the PIM associated with the Change Order.</w:t>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F4003B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This is the Problem Identification Management number of the PIM associated with the Change Order.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C712A70" w14:textId="77777777" w:rsidR="00FE0BBC" w:rsidRPr="00F4003B" w:rsidRDefault="00FE0BBC" w:rsidP="00983D3D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="60" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="242424"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4003B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="242424"/>
@@ -1593,86 +1694,111 @@
       <w:tr w:rsidR="00847610" w14:paraId="00F9D5CC" w14:textId="77777777" w:rsidTr="007F60E6">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="1F7E354C" w14:textId="77777777" w:rsidR="00847610" w:rsidRDefault="00847610" w:rsidP="009D6FB7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Release #/ Target Date</w:t>
+              <w:t>Release #/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Target Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7470" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="47CF613A" w14:textId="77777777" w:rsidR="00847610" w:rsidRDefault="00847610" w:rsidP="00824058">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Change Order # - Description/Name</w:t>
+              <w:t xml:space="preserve">Change </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Order # -</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Description/Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="79D1C5E2" w14:textId="77777777" w:rsidR="00847610" w:rsidRDefault="00847610" w:rsidP="00C654D6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1750,50 +1876,194 @@
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="7375959E" w14:textId="77777777" w:rsidR="00847610" w:rsidRDefault="00847610" w:rsidP="00C654D6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5400"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Go To Link</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00535ACD" w:rsidRPr="00F4003B" w14:paraId="79C638F5" w14:textId="77777777" w:rsidTr="007F60E6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3600077D" w14:textId="77777777" w:rsidR="00535ACD" w:rsidRDefault="00535ACD" w:rsidP="002C5F17">
+            <w:pPr>
+              <w:pStyle w:val="Header"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4320"/>
+                <w:tab w:val="clear" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="5400"/>
+              </w:tabs>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A2C22F3" w14:textId="05A2B1A9" w:rsidR="00535ACD" w:rsidRDefault="00535ACD" w:rsidP="002C5F17">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CO 572 – Pooled SV Modification – 10x People/iconectiv</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A458444" w14:textId="2DC37E1F" w:rsidR="00535ACD" w:rsidRDefault="00535ACD" w:rsidP="002C5F17">
+            <w:r>
+              <w:t>Accepted</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67F00330" w14:textId="5ECE3FA8" w:rsidR="00535ACD" w:rsidRDefault="00535ACD" w:rsidP="002C5F17">
+            <w:r>
+              <w:t>Open</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DB72425" w14:textId="7C64FAA4" w:rsidR="00535ACD" w:rsidRDefault="00535ACD" w:rsidP="002C5F17">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>155</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75F2AC3B" w14:textId="35EB05F5" w:rsidR="00535ACD" w:rsidRDefault="00535ACD" w:rsidP="002C5F17">
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00661AE2">
+              <w:instrText>HYPERLINK  \l "CO572"</w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00661AE2">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>CO</w:t>
+            </w:r>
+            <w:r w:rsidR="00661AE2">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00661AE2">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002C5F17" w:rsidRPr="00F4003B" w14:paraId="65408458" w14:textId="77777777" w:rsidTr="007F60E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="13CBC682" w14:textId="77777777" w:rsidR="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="002C5F17">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4320"/>
                 <w:tab w:val="clear" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="5400"/>
               </w:tabs>
             </w:pPr>
           </w:p>
@@ -2785,72 +3055,669 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="8DB3E2" w:themeFill="text2" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6801CA7C" w14:textId="77777777" w:rsidR="005D3DD3" w:rsidRPr="00672C1B" w:rsidRDefault="005D3DD3" w:rsidP="008B60FF">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="-118" w:right="-108" w:hanging="5"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>LSMS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00535ACD" w:rsidRPr="000A27F0" w14:paraId="444A5FEB" w14:textId="77777777" w:rsidTr="001237E7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E4C9D17" w14:textId="061EE011" w:rsidR="00535ACD" w:rsidRDefault="00535ACD" w:rsidP="000A27F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="CO572"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CO 572</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="2"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1070" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C337497" w14:textId="0B916825" w:rsidR="00535ACD" w:rsidRDefault="00535ACD" w:rsidP="000A27F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10x People/iconectiv</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1058" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D0C9AA7" w14:textId="6B4D5454" w:rsidR="00535ACD" w:rsidRDefault="00535ACD" w:rsidP="000A27F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>02/04/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6322D817" w14:textId="77777777" w:rsidR="00535ACD" w:rsidRPr="002C5F17" w:rsidRDefault="00535ACD" w:rsidP="00535ACD">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="12" w:right="-88"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5F17">
+              <w:t>Name:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="019F75F4" w14:textId="77777777" w:rsidR="00535ACD" w:rsidRDefault="00535ACD" w:rsidP="00535ACD">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="12" w:right="-88"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Pooled SV Modification</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F69D45C" w14:textId="77777777" w:rsidR="00535ACD" w:rsidRPr="002C5F17" w:rsidRDefault="00535ACD" w:rsidP="00535ACD">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="12" w:right="-88"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002C5F17">
+              <w:t>Business Need:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A782CED" w14:textId="77777777" w:rsidR="000D1299" w:rsidRPr="000D1299" w:rsidRDefault="000D1299" w:rsidP="000D1299">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D1299">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pooled TNs that are part of a Number Pool Block (NPB) cannot be modified.  Any modification of routing data requires a Create-and-Activate Process. Service Providers have automated processes so that when service issues/problems occur, they move TNs to another switch. This automated process requires modifying the TNs from LRN-1 value to LRN-2 value. However, modifications are not allowed for TNs that are still associated to an NPB (i.e., the TNs contain an SV-Type of “Pool”) in the NPAC. This causes operational confusion for Service Provider personnel during a period when time-is-of-the-essence getting a customer back in service.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A1FC02A" w14:textId="77777777" w:rsidR="00535ACD" w:rsidRDefault="000D1299" w:rsidP="000D1299">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D1299">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>See also PIM 155.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F177F16" w14:textId="77777777" w:rsidR="00661AE2" w:rsidRDefault="00661AE2" w:rsidP="000D1299">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0795AB53" w14:textId="3305C836" w:rsidR="00661AE2" w:rsidRPr="00535ACD" w:rsidRDefault="00661AE2" w:rsidP="000D1299">
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidRPr="003C5E2A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CO </w:t>
+              </w:r>
+              <w:r w:rsidRPr="003C5E2A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>5</w:t>
+              </w:r>
+              <w:r w:rsidRPr="003C5E2A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>7</w:t>
+              </w:r>
+              <w:r w:rsidR="009663CA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1281" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DA3A8A" w14:textId="231522B7" w:rsidR="00535ACD" w:rsidRDefault="00535ACD" w:rsidP="003E61CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Accepted</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70B13253" w14:textId="77777777" w:rsidR="00535ACD" w:rsidRPr="000D1299" w:rsidRDefault="000D1299" w:rsidP="000D1299">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D1299">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>02/04/26 NPIF Meeting</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27524595" w14:textId="77777777" w:rsidR="000D1299" w:rsidRPr="000D1299" w:rsidRDefault="000D1299" w:rsidP="000D1299">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D1299">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>John N. (10X People) reviewed the reason for the change and Matt T. (LNPA) presented the draft Change Order</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A443588" w14:textId="77777777" w:rsidR="000D1299" w:rsidRPr="000D1299" w:rsidRDefault="000D1299" w:rsidP="000D1299">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D1299">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>An SP asked what happens if a Pool Block is not in the NPAC, would this feature work?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45C65210" w14:textId="77777777" w:rsidR="000D1299" w:rsidRPr="000D1299" w:rsidRDefault="000D1299" w:rsidP="000D1299">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D1299">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Matt T. (LNPA) – This would work for Pooled SVs that are in the NPAC.  In prior meetings we had discussed building a Create/Activate feature regardless of the status of the pool block.  Consensus was reached to go forward with only this specific functionality</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6446F75E" w14:textId="77777777" w:rsidR="000D1299" w:rsidRPr="000D1299" w:rsidRDefault="000D1299" w:rsidP="000D1299">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D1299">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An SP asked what would happen if this SV </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D1299">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D1299">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pending </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D1299">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and also</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D1299">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> part of a SPID Migration?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="118CBCE6" w14:textId="77777777" w:rsidR="000D1299" w:rsidRPr="000D1299" w:rsidRDefault="000D1299" w:rsidP="000D1299">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D1299">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>The TN in question so the Modify Request of this Pooled TN would happen immediately.  The SV will not be pending at all.  The status would go from Sending to Active immediately</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F377EAC" w14:textId="77777777" w:rsidR="000D1299" w:rsidRPr="000D1299" w:rsidRDefault="000D1299" w:rsidP="000D1299">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D1299">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Consensus was reached to accept this CO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F037262" w14:textId="77777777" w:rsidR="000D1299" w:rsidRPr="000D1299" w:rsidRDefault="000D1299" w:rsidP="000D1299">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D1299">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>It was assigned #572</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72481B00" w14:textId="77777777" w:rsidR="000D1299" w:rsidRPr="000D1299" w:rsidRDefault="000D1299" w:rsidP="000D1299">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D1299">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CMA to add to CO Summary – Open COs and post to the website</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36047A21" w14:textId="5340C383" w:rsidR="000D1299" w:rsidRDefault="000D1299" w:rsidP="000D1299">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D1299">
+              <w:rPr>
+                <w:bCs/>
+                <w:snapToGrid w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SPs were asked to review this CO in preparation for further discussion at the March NPIF meeting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64CE0E17" w14:textId="77777777" w:rsidR="00535ACD" w:rsidRPr="000A27F0" w:rsidRDefault="00535ACD" w:rsidP="000A27F0">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="-160" w:right="-96"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FFF7AD8" w14:textId="657F5391" w:rsidR="00535ACD" w:rsidRDefault="000D1299" w:rsidP="000A27F0">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="-130" w:right="-76"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17189F4A" w14:textId="2409BE13" w:rsidR="00535ACD" w:rsidRDefault="000D1299" w:rsidP="000A27F0">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="-150" w:right="-148"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="737" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26A3A629" w14:textId="3ACECE40" w:rsidR="00535ACD" w:rsidRDefault="000D1299" w:rsidP="000A27F0">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Opt</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="758" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F2A4949" w14:textId="50CBB522" w:rsidR="00535ACD" w:rsidRDefault="000D1299" w:rsidP="000A27F0">
+            <w:pPr>
+              <w:pStyle w:val="Heading1"/>
+              <w:ind w:left="-98" w:right="-108"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="002C5F17" w:rsidRPr="000A27F0" w14:paraId="46350F62" w14:textId="77777777" w:rsidTr="001237E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="318711DB" w14:textId="608DFC96" w:rsidR="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="000A27F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="CO570"/>
+            <w:bookmarkStart w:id="3" w:name="CO570"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CO 570</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1070" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25C4C8ED" w14:textId="4E95779C" w:rsidR="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="000A27F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>iconectiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2919,116 +3786,164 @@
               <w:t xml:space="preserve">SPID Migration SV Counting </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73726315" w14:textId="77777777" w:rsidR="002C5F17" w:rsidRPr="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="002C5F17">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:ind w:left="12" w:right="-88"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r w:rsidRPr="002C5F17">
               <w:t>Business Need:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A520ECA" w14:textId="20698785" w:rsidR="002C5F17" w:rsidRPr="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="002C5F17">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5F17">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Although the SPID Migration Quota – All regions tunable was increased from 25 to 49 migrations/week in March 2025, Service Providers are scheduling more SPID Migrations than desired across available SPID migration windows to stay under the current maximum SV record count of 500,000 per region, as defined by the regional SPID Migration Quota – SVs tunable. This spreading out of SPID Migrations caused by the current SPID Migration SV quota causes additional workload on teams to manage and coordinate migration activities, including the HD, the SP’s System Engineers, TN/Code Admins, PMs, LNP PortIn/PortOut teams, and the SP’s network providers. </w:t>
+              <w:t xml:space="preserve">Although the SPID Migration Quota – All regions tunable was increased from 25 to 49 migrations/week in March 2025, Service Providers are scheduling more SPID Migrations than desired across available SPID migration windows to stay under the current maximum SV record count of 500,000 per region, as defined by the regional SPID Migration Quota – SVs tunable. This spreading out of SPID Migrations caused by the current SPID Migration SV quota causes additional workload on teams to manage and coordinate migration activities, including the HD, the SP’s System Engineers, TN/Code Admins, PMs, LNP </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002C5F17">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PortIn</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002C5F17">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002C5F17">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PortOut</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002C5F17">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> teams, and the SP’s network providers. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="590E1FF1" w14:textId="77777777" w:rsidR="002C5F17" w:rsidRPr="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="002C5F17">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5F17">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>The SPID Migration Quota – SVs tunable currently defines the maximum number of SVs within a region for a given SPID Migration maintenance window, but the SV/NPB records that may be migrated by the NPAC SMS can differ from the records migrated by a local system. Local systems manage SV records for non-pool SVs (LNP Type of LSPP and LISP) and also manage NPB records. Since pool SVs (LNP Type of Pool) are not sent to or maintained by local systems, including pool SVs in SPID migration quotas can limit the overall number of local system records that can be updated in weekly SPID migrations. In contrast, the NPAC SMS does maintain pool SV records in addition to the non-pool SV and NPB records managed by local systems, so the quantity of pool SVs that need to be updated during a SPID migration continues to be a consideration for the LNPA.</w:t>
+              <w:t xml:space="preserve">The SPID Migration Quota – SVs tunable currently defines the maximum number of SVs within a region for a given SPID Migration maintenance window, but the SV/NPB records that may be migrated by the NPAC SMS can differ from the records migrated by a local system. Local systems manage SV records for non-pool SVs (LNP Type of LSPP and LISP) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002C5F17">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and also</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002C5F17">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> manage NPB records. Since pool SVs (LNP Type of Pool) are not sent to or maintained by local systems, including pool SVs in SPID migration quotas can limit the overall number of local system records that can be updated in weekly SPID migrations. In contrast, the NPAC SMS does maintain pool SV records in addition to the non-pool SV and NPB records managed by local systems, so the quantity of pool SVs that need to be updated during a SPID migration continues to be a consideration for the LNPA.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DEC421C" w14:textId="77777777" w:rsidR="002C5F17" w:rsidRPr="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="002C5F17">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5F17">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Because the number of records migrated by local systems and NPAC SMS can differ significantly, and because the SPID Migration calendar fills up as SPs spread out SPID Migrations to stay under the current SV quota, the industry could benefit by using different SPID Migration quotas to represent an NPAC SMS maximum and a local system maximum.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11D0D9E5" w14:textId="77777777" w:rsidR="002C5F17" w:rsidRDefault="002C5F17" w:rsidP="002C5F17">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C5F17">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>See also PIM 156.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="495B58D6" w14:textId="77777777" w:rsidR="008279A1" w:rsidRDefault="008279A1" w:rsidP="002C5F17">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4F73588A" w14:textId="204EDEAE" w:rsidR="008279A1" w:rsidRPr="008279A1" w:rsidRDefault="008279A1" w:rsidP="002C5F17">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidRPr="003C5E2A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>CO 5</w:t>
               </w:r>
               <w:r w:rsidR="003C5E2A" w:rsidRPr="003C5E2A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>70</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3517,59 +4432,59 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F60E6" w:rsidRPr="000A27F0" w14:paraId="259EC02A" w14:textId="77777777" w:rsidTr="001237E7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2225B363" w14:textId="6FDB2B82" w:rsidR="007F60E6" w:rsidRPr="00181B18" w:rsidRDefault="007F60E6" w:rsidP="000A27F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="CO567"/>
+            <w:bookmarkStart w:id="4" w:name="CO567"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CO 567</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1070" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B5FA892" w14:textId="58A1187C" w:rsidR="007F60E6" w:rsidRDefault="007F60E6" w:rsidP="000A27F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>iconectiv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3684,51 +4599,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0028702B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Because some local systems may not migrate -X objects for a pseudo-LRN block, consensus was reached during the discussion of PIM 154 that a new pseudo-LRN NPA-NXX-X SIC-SMURF file is needed. See also PIM 154.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EAF82D8" w14:textId="77777777" w:rsidR="0028702B" w:rsidRDefault="0028702B" w:rsidP="0028702B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0F609365" w14:textId="399E22D9" w:rsidR="0028702B" w:rsidRPr="007F60E6" w:rsidRDefault="0028702B" w:rsidP="0028702B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>CO 567</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1281" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0703371A" w14:textId="521654AD" w:rsidR="007F60E6" w:rsidRDefault="006F23B1" w:rsidP="003E61CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -4158,55 +5073,55 @@
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>OPT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="26C52AA5" w14:textId="77777777" w:rsidR="001635C0" w:rsidRPr="000A27F0" w:rsidRDefault="001635C0" w:rsidP="003E2178">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="CO556"/>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkStart w:id="5" w:name="CO556"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:sectPr w:rsidR="001635C0" w:rsidRPr="000A27F0" w:rsidSect="000A42F5">
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="1008" w:right="720" w:bottom="540" w:left="720" w:header="720" w:footer="379" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7BAD8835" w14:textId="77777777" w:rsidR="005063B0" w:rsidRDefault="005063B0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3DA09541" w14:textId="77777777" w:rsidR="005063B0" w:rsidRDefault="005063B0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -4239,50 +5154,51 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino">
+    <w:altName w:val="Book Antiqua"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="6X13">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -4292,51 +5208,51 @@
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="36FAF775" w14:textId="4E29E598" w:rsidR="0072510C" w:rsidRDefault="0072510C">
+  <w:p w14:paraId="36FAF775" w14:textId="5D5E4861" w:rsidR="0072510C" w:rsidRDefault="0072510C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="7200"/>
         <w:tab w:val="right" w:pos="14400"/>
       </w:tabs>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>NPIF – Number Portability Industry Forum</w:t>
     </w:r>
     <w:r>
@@ -4389,91 +5305,107 @@
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Rev </w:t>
     </w:r>
     <w:r w:rsidR="002C0D43">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00C0008C">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>20</w:t>
+      <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="009D2AE9">
+    <w:r w:rsidR="00535ACD">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="009D2AE9">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidR="002C0D43">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00C0008C">
+    <w:r w:rsidR="00535ACD">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>January</w:t>
+      <w:t>March</w:t>
     </w:r>
     <w:r w:rsidR="006F4A39">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> 0</w:t>
     </w:r>
-    <w:r w:rsidR="00C0008C">
+    <w:r w:rsidR="00535ACD">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>7,</w:t>
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00C0008C">
+      <w:rPr>
+        <w:rStyle w:val="PageNumber"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>,</w:t>
     </w:r>
     <w:r w:rsidR="002C0D43">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r w:rsidR="00C0008C">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1BEE4921" w14:textId="77777777" w:rsidR="005063B0" w:rsidRDefault="005063B0">
@@ -9892,56 +10824,57 @@
   <w:num w:numId="41" w16cid:durableId="998270242">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="440228388">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="981545831">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1515610946">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="2119638731">
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="560561726">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="135169"/>
+    <o:shapedefaults v:ext="edit" spidmax="139265"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00953336"/>
     <w:rsid w:val="00001457"/>
     <w:rsid w:val="00002B41"/>
     <w:rsid w:val="00003160"/>
     <w:rsid w:val="00003B3C"/>
@@ -10056,50 +10989,51 @@
     <w:rsid w:val="000A783D"/>
     <w:rsid w:val="000B1262"/>
     <w:rsid w:val="000B1A75"/>
     <w:rsid w:val="000B1F46"/>
     <w:rsid w:val="000B2AED"/>
     <w:rsid w:val="000B38D6"/>
     <w:rsid w:val="000B40F1"/>
     <w:rsid w:val="000B4240"/>
     <w:rsid w:val="000B4DA9"/>
     <w:rsid w:val="000B519D"/>
     <w:rsid w:val="000B58F9"/>
     <w:rsid w:val="000B5BB3"/>
     <w:rsid w:val="000B6FA1"/>
     <w:rsid w:val="000B7F13"/>
     <w:rsid w:val="000C0373"/>
     <w:rsid w:val="000C0386"/>
     <w:rsid w:val="000C1ABE"/>
     <w:rsid w:val="000C20DE"/>
     <w:rsid w:val="000C2F63"/>
     <w:rsid w:val="000C4182"/>
     <w:rsid w:val="000C42F2"/>
     <w:rsid w:val="000C4C06"/>
     <w:rsid w:val="000C532B"/>
     <w:rsid w:val="000C5726"/>
     <w:rsid w:val="000D04ED"/>
+    <w:rsid w:val="000D1299"/>
     <w:rsid w:val="000D2039"/>
     <w:rsid w:val="000D2084"/>
     <w:rsid w:val="000D41E9"/>
     <w:rsid w:val="000D4D4B"/>
     <w:rsid w:val="000D5169"/>
     <w:rsid w:val="000D55E5"/>
     <w:rsid w:val="000D7972"/>
     <w:rsid w:val="000E023E"/>
     <w:rsid w:val="000E03EA"/>
     <w:rsid w:val="000E07A6"/>
     <w:rsid w:val="000E0F22"/>
     <w:rsid w:val="000E1C81"/>
     <w:rsid w:val="000E234E"/>
     <w:rsid w:val="000E2451"/>
     <w:rsid w:val="000E2894"/>
     <w:rsid w:val="000E51A5"/>
     <w:rsid w:val="000E5270"/>
     <w:rsid w:val="000E6B15"/>
     <w:rsid w:val="000E6FB8"/>
     <w:rsid w:val="000E7EE6"/>
     <w:rsid w:val="000F0669"/>
     <w:rsid w:val="000F0B4F"/>
     <w:rsid w:val="000F1B7C"/>
     <w:rsid w:val="000F210D"/>
     <w:rsid w:val="000F2B32"/>
@@ -10220,97 +11154,99 @@
     <w:rsid w:val="00185A9F"/>
     <w:rsid w:val="00186201"/>
     <w:rsid w:val="00190320"/>
     <w:rsid w:val="0019124F"/>
     <w:rsid w:val="00191633"/>
     <w:rsid w:val="0019312B"/>
     <w:rsid w:val="00193AEB"/>
     <w:rsid w:val="00194687"/>
     <w:rsid w:val="00194EC7"/>
     <w:rsid w:val="00195959"/>
     <w:rsid w:val="001976E6"/>
     <w:rsid w:val="001979F9"/>
     <w:rsid w:val="00197C56"/>
     <w:rsid w:val="001A036E"/>
     <w:rsid w:val="001A0C1F"/>
     <w:rsid w:val="001A25AA"/>
     <w:rsid w:val="001A26F5"/>
     <w:rsid w:val="001A2FA2"/>
     <w:rsid w:val="001A4747"/>
     <w:rsid w:val="001A50CB"/>
     <w:rsid w:val="001A6C98"/>
     <w:rsid w:val="001A70A3"/>
     <w:rsid w:val="001B0659"/>
     <w:rsid w:val="001B346C"/>
     <w:rsid w:val="001B3513"/>
+    <w:rsid w:val="001B3F6F"/>
     <w:rsid w:val="001B4881"/>
     <w:rsid w:val="001B5E37"/>
     <w:rsid w:val="001B7488"/>
     <w:rsid w:val="001C088A"/>
     <w:rsid w:val="001C0AB4"/>
     <w:rsid w:val="001C1482"/>
     <w:rsid w:val="001C1E77"/>
     <w:rsid w:val="001C2338"/>
     <w:rsid w:val="001C2351"/>
     <w:rsid w:val="001C3DB5"/>
     <w:rsid w:val="001C66B4"/>
     <w:rsid w:val="001C6A18"/>
     <w:rsid w:val="001C6E99"/>
     <w:rsid w:val="001C7153"/>
     <w:rsid w:val="001C71AE"/>
     <w:rsid w:val="001C781B"/>
     <w:rsid w:val="001C786F"/>
     <w:rsid w:val="001D25E6"/>
     <w:rsid w:val="001D3316"/>
     <w:rsid w:val="001D3352"/>
     <w:rsid w:val="001D46F1"/>
     <w:rsid w:val="001D502C"/>
     <w:rsid w:val="001D5A36"/>
     <w:rsid w:val="001D5CEE"/>
     <w:rsid w:val="001E06D0"/>
     <w:rsid w:val="001E0B91"/>
     <w:rsid w:val="001E1224"/>
     <w:rsid w:val="001E1D6B"/>
     <w:rsid w:val="001E455B"/>
     <w:rsid w:val="001E47A8"/>
     <w:rsid w:val="001E5E86"/>
     <w:rsid w:val="001E791B"/>
     <w:rsid w:val="001E7C3A"/>
     <w:rsid w:val="001E7CE0"/>
     <w:rsid w:val="001F0984"/>
     <w:rsid w:val="001F102C"/>
     <w:rsid w:val="001F127D"/>
     <w:rsid w:val="001F1375"/>
     <w:rsid w:val="001F13BF"/>
     <w:rsid w:val="001F241F"/>
     <w:rsid w:val="001F24D7"/>
     <w:rsid w:val="001F2585"/>
     <w:rsid w:val="001F38FA"/>
     <w:rsid w:val="001F4339"/>
     <w:rsid w:val="001F4A23"/>
     <w:rsid w:val="001F5A03"/>
     <w:rsid w:val="001F64F9"/>
+    <w:rsid w:val="001F6B7B"/>
     <w:rsid w:val="001F6B7F"/>
     <w:rsid w:val="001F77EF"/>
     <w:rsid w:val="001F7C59"/>
     <w:rsid w:val="00201427"/>
     <w:rsid w:val="00202563"/>
     <w:rsid w:val="0020281D"/>
     <w:rsid w:val="00203295"/>
     <w:rsid w:val="002035F4"/>
     <w:rsid w:val="00203A62"/>
     <w:rsid w:val="0020579F"/>
     <w:rsid w:val="00205CA9"/>
     <w:rsid w:val="002062AC"/>
     <w:rsid w:val="00210058"/>
     <w:rsid w:val="0021014F"/>
     <w:rsid w:val="002109E1"/>
     <w:rsid w:val="00210D78"/>
     <w:rsid w:val="00210F7C"/>
     <w:rsid w:val="00212C32"/>
     <w:rsid w:val="00212D1C"/>
     <w:rsid w:val="002130BF"/>
     <w:rsid w:val="002139D2"/>
     <w:rsid w:val="00214727"/>
     <w:rsid w:val="002147DA"/>
     <w:rsid w:val="00216C06"/>
     <w:rsid w:val="00220711"/>
@@ -10618,50 +11554,51 @@
     <w:rsid w:val="003D423F"/>
     <w:rsid w:val="003D4EB6"/>
     <w:rsid w:val="003D50DD"/>
     <w:rsid w:val="003D51DF"/>
     <w:rsid w:val="003D5346"/>
     <w:rsid w:val="003D6EF2"/>
     <w:rsid w:val="003D70FD"/>
     <w:rsid w:val="003D7935"/>
     <w:rsid w:val="003D7DBC"/>
     <w:rsid w:val="003E1283"/>
     <w:rsid w:val="003E17B7"/>
     <w:rsid w:val="003E2178"/>
     <w:rsid w:val="003E3DD2"/>
     <w:rsid w:val="003E3FD9"/>
     <w:rsid w:val="003E5C97"/>
     <w:rsid w:val="003E61CA"/>
     <w:rsid w:val="003E6687"/>
     <w:rsid w:val="003E7974"/>
     <w:rsid w:val="003F12C2"/>
     <w:rsid w:val="003F4391"/>
     <w:rsid w:val="003F587F"/>
     <w:rsid w:val="003F5B9C"/>
     <w:rsid w:val="003F6719"/>
     <w:rsid w:val="003F679F"/>
     <w:rsid w:val="003F6DF0"/>
+    <w:rsid w:val="003F6F50"/>
     <w:rsid w:val="003F7762"/>
     <w:rsid w:val="003F7981"/>
     <w:rsid w:val="004011B8"/>
     <w:rsid w:val="00403825"/>
     <w:rsid w:val="004038FC"/>
     <w:rsid w:val="00404204"/>
     <w:rsid w:val="00407182"/>
     <w:rsid w:val="00407B19"/>
     <w:rsid w:val="00407D38"/>
     <w:rsid w:val="00410974"/>
     <w:rsid w:val="00411808"/>
     <w:rsid w:val="00413113"/>
     <w:rsid w:val="00414D4A"/>
     <w:rsid w:val="0041535B"/>
     <w:rsid w:val="00415A1B"/>
     <w:rsid w:val="00415AC0"/>
     <w:rsid w:val="00415B1C"/>
     <w:rsid w:val="00416198"/>
     <w:rsid w:val="00416BBA"/>
     <w:rsid w:val="0041764E"/>
     <w:rsid w:val="0042066E"/>
     <w:rsid w:val="00420D05"/>
     <w:rsid w:val="004228A0"/>
     <w:rsid w:val="004233C8"/>
     <w:rsid w:val="0042519D"/>
@@ -10809,114 +11746,117 @@
     <w:rsid w:val="005044E0"/>
     <w:rsid w:val="00504C8C"/>
     <w:rsid w:val="00505E2F"/>
     <w:rsid w:val="00505F80"/>
     <w:rsid w:val="005063B0"/>
     <w:rsid w:val="005063CE"/>
     <w:rsid w:val="00506BD5"/>
     <w:rsid w:val="0050769C"/>
     <w:rsid w:val="00510D37"/>
     <w:rsid w:val="005115F9"/>
     <w:rsid w:val="0051210B"/>
     <w:rsid w:val="005123F3"/>
     <w:rsid w:val="00512634"/>
     <w:rsid w:val="0051273D"/>
     <w:rsid w:val="005138AF"/>
     <w:rsid w:val="00513EC2"/>
     <w:rsid w:val="005162B4"/>
     <w:rsid w:val="005166D2"/>
     <w:rsid w:val="005168EC"/>
     <w:rsid w:val="005201CE"/>
     <w:rsid w:val="005204E0"/>
     <w:rsid w:val="00520B52"/>
     <w:rsid w:val="00521128"/>
     <w:rsid w:val="005217D0"/>
     <w:rsid w:val="00521A6E"/>
+    <w:rsid w:val="005224DC"/>
     <w:rsid w:val="00522739"/>
     <w:rsid w:val="005236DA"/>
     <w:rsid w:val="00523DBA"/>
     <w:rsid w:val="005244A6"/>
     <w:rsid w:val="00525DD1"/>
     <w:rsid w:val="00525F49"/>
     <w:rsid w:val="005261D4"/>
     <w:rsid w:val="0052661C"/>
     <w:rsid w:val="005279CF"/>
     <w:rsid w:val="00530135"/>
     <w:rsid w:val="005313D3"/>
     <w:rsid w:val="0053141F"/>
     <w:rsid w:val="00532792"/>
     <w:rsid w:val="005330BE"/>
     <w:rsid w:val="00533959"/>
     <w:rsid w:val="00534608"/>
     <w:rsid w:val="00534720"/>
     <w:rsid w:val="00534ED7"/>
     <w:rsid w:val="00535118"/>
+    <w:rsid w:val="00535ACD"/>
     <w:rsid w:val="0053607B"/>
     <w:rsid w:val="0053673C"/>
     <w:rsid w:val="00537756"/>
     <w:rsid w:val="00537836"/>
     <w:rsid w:val="00540257"/>
     <w:rsid w:val="005407D1"/>
     <w:rsid w:val="00541402"/>
     <w:rsid w:val="005429E5"/>
     <w:rsid w:val="00542E51"/>
     <w:rsid w:val="00544B3A"/>
     <w:rsid w:val="005458B8"/>
     <w:rsid w:val="00545AE1"/>
     <w:rsid w:val="0054704B"/>
     <w:rsid w:val="005475CC"/>
     <w:rsid w:val="00547F82"/>
     <w:rsid w:val="0055028C"/>
     <w:rsid w:val="00550675"/>
     <w:rsid w:val="00550D28"/>
     <w:rsid w:val="00550E62"/>
     <w:rsid w:val="00551652"/>
     <w:rsid w:val="00551F0C"/>
     <w:rsid w:val="005542BE"/>
     <w:rsid w:val="00554514"/>
     <w:rsid w:val="00554741"/>
     <w:rsid w:val="00555AAD"/>
     <w:rsid w:val="00556294"/>
     <w:rsid w:val="00556394"/>
     <w:rsid w:val="0055656E"/>
     <w:rsid w:val="00557422"/>
     <w:rsid w:val="0055776F"/>
     <w:rsid w:val="00557C04"/>
     <w:rsid w:val="00557F7D"/>
     <w:rsid w:val="00561B7D"/>
     <w:rsid w:val="00562018"/>
     <w:rsid w:val="0056319D"/>
     <w:rsid w:val="005643D8"/>
     <w:rsid w:val="00564CE1"/>
     <w:rsid w:val="0056583F"/>
     <w:rsid w:val="00570638"/>
     <w:rsid w:val="0057347D"/>
     <w:rsid w:val="00573572"/>
     <w:rsid w:val="00573EC8"/>
     <w:rsid w:val="005751E1"/>
     <w:rsid w:val="00575A01"/>
     <w:rsid w:val="00575B48"/>
+    <w:rsid w:val="00576FC0"/>
     <w:rsid w:val="0057716D"/>
     <w:rsid w:val="0058023A"/>
     <w:rsid w:val="00580F63"/>
     <w:rsid w:val="00581502"/>
     <w:rsid w:val="00584B63"/>
     <w:rsid w:val="00585607"/>
     <w:rsid w:val="00585D16"/>
     <w:rsid w:val="005860EB"/>
     <w:rsid w:val="00586865"/>
     <w:rsid w:val="00587200"/>
     <w:rsid w:val="00590C8A"/>
     <w:rsid w:val="005929E0"/>
     <w:rsid w:val="00594DBE"/>
     <w:rsid w:val="00596379"/>
     <w:rsid w:val="00596660"/>
     <w:rsid w:val="005966FD"/>
     <w:rsid w:val="00596F4E"/>
     <w:rsid w:val="0059752A"/>
     <w:rsid w:val="005A0391"/>
     <w:rsid w:val="005A105A"/>
     <w:rsid w:val="005A33C5"/>
     <w:rsid w:val="005A38E1"/>
     <w:rsid w:val="005A3CEB"/>
     <w:rsid w:val="005A58E4"/>
     <w:rsid w:val="005A7987"/>
@@ -10996,50 +11936,51 @@
     <w:rsid w:val="00635F05"/>
     <w:rsid w:val="00636668"/>
     <w:rsid w:val="0064026D"/>
     <w:rsid w:val="00640881"/>
     <w:rsid w:val="00642F10"/>
     <w:rsid w:val="0064431E"/>
     <w:rsid w:val="00644AF5"/>
     <w:rsid w:val="00645079"/>
     <w:rsid w:val="006461F8"/>
     <w:rsid w:val="006462E3"/>
     <w:rsid w:val="00647013"/>
     <w:rsid w:val="006505F4"/>
     <w:rsid w:val="00651172"/>
     <w:rsid w:val="0065220C"/>
     <w:rsid w:val="0065265A"/>
     <w:rsid w:val="006526E6"/>
     <w:rsid w:val="006535A4"/>
     <w:rsid w:val="006547EC"/>
     <w:rsid w:val="0065588A"/>
     <w:rsid w:val="00655A50"/>
     <w:rsid w:val="00657DA0"/>
     <w:rsid w:val="0066090B"/>
     <w:rsid w:val="00661649"/>
     <w:rsid w:val="00661788"/>
     <w:rsid w:val="006619E0"/>
+    <w:rsid w:val="00661AE2"/>
     <w:rsid w:val="006624BA"/>
     <w:rsid w:val="00663031"/>
     <w:rsid w:val="006638BD"/>
     <w:rsid w:val="0066425D"/>
     <w:rsid w:val="0066491B"/>
     <w:rsid w:val="00670F7D"/>
     <w:rsid w:val="00672342"/>
     <w:rsid w:val="006725D7"/>
     <w:rsid w:val="00672ADD"/>
     <w:rsid w:val="00672C1B"/>
     <w:rsid w:val="00673F97"/>
     <w:rsid w:val="00674FA2"/>
     <w:rsid w:val="006750B9"/>
     <w:rsid w:val="006758A9"/>
     <w:rsid w:val="006761BE"/>
     <w:rsid w:val="006801FF"/>
     <w:rsid w:val="00680A09"/>
     <w:rsid w:val="0068170B"/>
     <w:rsid w:val="006821AA"/>
     <w:rsid w:val="00683E21"/>
     <w:rsid w:val="006854C3"/>
     <w:rsid w:val="00685617"/>
     <w:rsid w:val="00685A91"/>
     <w:rsid w:val="00685CF9"/>
     <w:rsid w:val="00685F57"/>
@@ -11486,50 +12427,51 @@
     <w:rsid w:val="00941641"/>
     <w:rsid w:val="009422C3"/>
     <w:rsid w:val="00942773"/>
     <w:rsid w:val="00942DDB"/>
     <w:rsid w:val="00945486"/>
     <w:rsid w:val="009462B4"/>
     <w:rsid w:val="00946CD5"/>
     <w:rsid w:val="00947234"/>
     <w:rsid w:val="009503D1"/>
     <w:rsid w:val="00950F18"/>
     <w:rsid w:val="00951249"/>
     <w:rsid w:val="00951FC0"/>
     <w:rsid w:val="009532E3"/>
     <w:rsid w:val="00953336"/>
     <w:rsid w:val="0095388A"/>
     <w:rsid w:val="00953CB9"/>
     <w:rsid w:val="00957BD1"/>
     <w:rsid w:val="0096032F"/>
     <w:rsid w:val="009613BA"/>
     <w:rsid w:val="009618E7"/>
     <w:rsid w:val="00961EEA"/>
     <w:rsid w:val="009623EB"/>
     <w:rsid w:val="00963840"/>
     <w:rsid w:val="00965D76"/>
     <w:rsid w:val="0096639B"/>
+    <w:rsid w:val="009663CA"/>
     <w:rsid w:val="009669F4"/>
     <w:rsid w:val="00970169"/>
     <w:rsid w:val="009709E1"/>
     <w:rsid w:val="00970A7A"/>
     <w:rsid w:val="009713F8"/>
     <w:rsid w:val="00973FF0"/>
     <w:rsid w:val="00976115"/>
     <w:rsid w:val="009769A0"/>
     <w:rsid w:val="00976BF4"/>
     <w:rsid w:val="00980B01"/>
     <w:rsid w:val="00981C97"/>
     <w:rsid w:val="00981E5C"/>
     <w:rsid w:val="00983D3D"/>
     <w:rsid w:val="009870AB"/>
     <w:rsid w:val="009928CA"/>
     <w:rsid w:val="00993E2C"/>
     <w:rsid w:val="009951F0"/>
     <w:rsid w:val="00996178"/>
     <w:rsid w:val="009A05E7"/>
     <w:rsid w:val="009A27EE"/>
     <w:rsid w:val="009A2F95"/>
     <w:rsid w:val="009A31FB"/>
     <w:rsid w:val="009A4011"/>
     <w:rsid w:val="009A52E3"/>
     <w:rsid w:val="009A5D41"/>
@@ -11660,50 +12602,51 @@
     <w:rsid w:val="00A63FE2"/>
     <w:rsid w:val="00A6452C"/>
     <w:rsid w:val="00A65C4E"/>
     <w:rsid w:val="00A6612A"/>
     <w:rsid w:val="00A66EC7"/>
     <w:rsid w:val="00A67128"/>
     <w:rsid w:val="00A67649"/>
     <w:rsid w:val="00A6777B"/>
     <w:rsid w:val="00A67927"/>
     <w:rsid w:val="00A7026F"/>
     <w:rsid w:val="00A70746"/>
     <w:rsid w:val="00A7084A"/>
     <w:rsid w:val="00A71F78"/>
     <w:rsid w:val="00A739DD"/>
     <w:rsid w:val="00A74B7D"/>
     <w:rsid w:val="00A81352"/>
     <w:rsid w:val="00A8164E"/>
     <w:rsid w:val="00A81D38"/>
     <w:rsid w:val="00A82DF2"/>
     <w:rsid w:val="00A8373C"/>
     <w:rsid w:val="00A83B5D"/>
     <w:rsid w:val="00A844D4"/>
     <w:rsid w:val="00A851C3"/>
     <w:rsid w:val="00A90933"/>
     <w:rsid w:val="00A92F53"/>
+    <w:rsid w:val="00A93917"/>
     <w:rsid w:val="00A9455F"/>
     <w:rsid w:val="00A95C55"/>
     <w:rsid w:val="00A96FDD"/>
     <w:rsid w:val="00A971BB"/>
     <w:rsid w:val="00A9742F"/>
     <w:rsid w:val="00A97ED9"/>
     <w:rsid w:val="00AA0058"/>
     <w:rsid w:val="00AA0089"/>
     <w:rsid w:val="00AA01DA"/>
     <w:rsid w:val="00AA054A"/>
     <w:rsid w:val="00AA10F4"/>
     <w:rsid w:val="00AA1211"/>
     <w:rsid w:val="00AA1482"/>
     <w:rsid w:val="00AA2694"/>
     <w:rsid w:val="00AA2B9A"/>
     <w:rsid w:val="00AA2C4F"/>
     <w:rsid w:val="00AA33C3"/>
     <w:rsid w:val="00AA3507"/>
     <w:rsid w:val="00AA3CCE"/>
     <w:rsid w:val="00AA4AD1"/>
     <w:rsid w:val="00AA5F6E"/>
     <w:rsid w:val="00AA62F9"/>
     <w:rsid w:val="00AA6EE2"/>
     <w:rsid w:val="00AA7214"/>
     <w:rsid w:val="00AB0FE9"/>
@@ -12328,50 +13271,51 @@
     <w:rsid w:val="00E7127C"/>
     <w:rsid w:val="00E7189C"/>
     <w:rsid w:val="00E739EA"/>
     <w:rsid w:val="00E73BBC"/>
     <w:rsid w:val="00E74CD6"/>
     <w:rsid w:val="00E75061"/>
     <w:rsid w:val="00E75629"/>
     <w:rsid w:val="00E76A8F"/>
     <w:rsid w:val="00E76D3E"/>
     <w:rsid w:val="00E7771A"/>
     <w:rsid w:val="00E8012D"/>
     <w:rsid w:val="00E81C65"/>
     <w:rsid w:val="00E81F23"/>
     <w:rsid w:val="00E82246"/>
     <w:rsid w:val="00E842B8"/>
     <w:rsid w:val="00E84312"/>
     <w:rsid w:val="00E84D84"/>
     <w:rsid w:val="00E8503B"/>
     <w:rsid w:val="00E85C8C"/>
     <w:rsid w:val="00E8671D"/>
     <w:rsid w:val="00E875E7"/>
     <w:rsid w:val="00E87A80"/>
     <w:rsid w:val="00E87AA3"/>
     <w:rsid w:val="00E87AEB"/>
     <w:rsid w:val="00E87E23"/>
+    <w:rsid w:val="00E90512"/>
     <w:rsid w:val="00E91717"/>
     <w:rsid w:val="00E93263"/>
     <w:rsid w:val="00E941BC"/>
     <w:rsid w:val="00E946AB"/>
     <w:rsid w:val="00E94F63"/>
     <w:rsid w:val="00E9561F"/>
     <w:rsid w:val="00E9609D"/>
     <w:rsid w:val="00E96B5B"/>
     <w:rsid w:val="00E96FC5"/>
     <w:rsid w:val="00E97A2F"/>
     <w:rsid w:val="00E97DF0"/>
     <w:rsid w:val="00EA05F1"/>
     <w:rsid w:val="00EA0B6D"/>
     <w:rsid w:val="00EA2582"/>
     <w:rsid w:val="00EA2CAB"/>
     <w:rsid w:val="00EA2E94"/>
     <w:rsid w:val="00EA34AB"/>
     <w:rsid w:val="00EA415F"/>
     <w:rsid w:val="00EA42D3"/>
     <w:rsid w:val="00EA7470"/>
     <w:rsid w:val="00EB085D"/>
     <w:rsid w:val="00EB0E4E"/>
     <w:rsid w:val="00EB1268"/>
     <w:rsid w:val="00EB1486"/>
     <w:rsid w:val="00EB1A3B"/>
@@ -12576,51 +13520,51 @@
     <w:rsid w:val="00FF0B7E"/>
     <w:rsid w:val="00FF32BA"/>
     <w:rsid w:val="00FF33FB"/>
     <w:rsid w:val="00FF3F63"/>
     <w:rsid w:val="00FF4A70"/>
     <w:rsid w:val="00FF52F0"/>
     <w:rsid w:val="00FF6B90"/>
     <w:rsid w:val="00FF7F76"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="135169"/>
+    <o:shapedefaults v:ext="edit" spidmax="139265"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="08B2DE86"/>
   <w15:docId w15:val="{DC23BE60-9244-46C6-A630-EAED8A363976}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -14439,51 +15383,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="996225941">
           <w:blockQuote w:val="1"/>
           <w:marLeft w:val="720"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="100"/>
           <w:marBottom w:val="100"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://workinggroup.numberportability.com/documents/co-570" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://workinggroup.numberportability.com/documents/co567" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://workinggroup.numberportability.com/documents/co-572" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://workinggroup.numberportability.com/documents/co567" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://workinggroup.numberportability.com/documents/co-570" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14745,71 +15689,71 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5213198-65C7-4F82-84B7-A186AFB030BB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>7510</Characters>
+  <Pages>8</Pages>
+  <Words>1982</Words>
+  <Characters>8882</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>197</Lines>
-  <Paragraphs>160</Paragraphs>
+  <Lines>246</Lines>
+  <Paragraphs>217</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>iconectiv</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8802</CharactersWithSpaces>
+  <CharactersWithSpaces>10647</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>mdoherty@iconectiv.com</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>